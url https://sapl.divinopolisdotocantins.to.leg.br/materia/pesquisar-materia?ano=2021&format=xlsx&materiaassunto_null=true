--- v0 (2026-01-23)
+++ v1 (2026-03-11)
@@ -54,1000 +54,1000 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Igor Carvalho dos Santos, LAURA CURICA, Ozias Teles dos Santos, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/160/requerimento_001-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/160/requerimento_001-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja implantado de dois retornos na Avenida Divino Luiz Costa, no Parque dos Buritis na altura do cruzamento com a Rua 10 e 09.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Igor Carvalho dos Santos, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/161/requerimento_002-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/161/requerimento_002-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja implantado no município de Divinópolis do Tocantins o "PROJETO FEIRA DAS MANAS": feira onde as famílias possam ir, comprar artesanatos diversos, alimentos e demais itens com o valor máximo de 20 reais, sendo que as atividades desenvolvidas deverão ser exclusivamente voltadas ao público feminino.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Ozias Teles dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/162/requerimento_003-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/162/requerimento_003-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja implantado um posto do CIRETRAN no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Domingas Parente Gil de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/163/requerimento_004-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/163/requerimento_004-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja reconstruída a ponte no assentamento PA CAIAPOZINHO, próximo à chácara do senhor Tazinho sentido a chácara do senhor Algemiro (Gaúcho).</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_005-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_005-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja reconstruída a ponte que dá acesso a Associação Amigos da Terra (Xavier) sobre o córrego tiúba.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/165/requerimento_006-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/165/requerimento_006-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja feita a manutenção preventiva e corretiva nas estradas vicinais da região do Brejão, Coco e do PA Rio Prata.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_007-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_007-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja implantados 3 (três) quebra-molas na TO - 164, espeficicamente nas coordenadas geográficas informadas.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Domingas Parente Gil de Sousa, LAURA CURICA, LUIZ MARINHO</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento_008-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento_008-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja implantados 2 (dois) quebra-molas, um no final da Rua Marcilon Martins sentido a Escola Municipal Isabel Carlos Wanderley e outro na saída para o Coco ( anel rodoviário), referência bar encontro dos amigos.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Igor Carvalho dos Santos, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/168/requerimento_009-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/168/requerimento_009-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja implantado no município de Divinópolis do Tocantins o "PROJETO ESCOLA VIVA".</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/169/requerimento_010-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/169/requerimento_010-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja feito um estudo para criação do BOMBEIRO CIVIL MUNICIPAL.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Igor Carvalho dos Santos, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_011-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_011-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja feito um estudo visando construir e implantar a Casa de Velório Municipal, em área a ser escolhida pela prefeitura.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/171/requerimento_012-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/171/requerimento_012-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja feita a manutenção preventiva e corretiva na estrada vicinal da região da Santa Adélia.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/172/requerimento_013-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/172/requerimento_013-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja agendada uma reunião com um representante da ENERGISA ( concessionária de energia elétrica), objetivando sugerir que a empresa aumente o número de funcionários responsáveis pela manutenção da rede elétrica na zona rural, como forma de agilizar os reparos nas_x000D_
 linhas de transmissão.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>LUIZ MARINHO, Ozias Teles dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/173/requerimento_014-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/173/requerimento_014-2021.pdf</t>
   </si>
   <si>
     <t>REQUER a construção de um quebra-mola na Rua 10 do Setor Fernandinho em frente a residência do Sr. Luiz Preto.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/174/requerimento_015-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/174/requerimento_015-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja adquirido um Caminhão Compactador de Lixo, para ser utilizado na coleta diária de lixo na área urbana de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_016-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_016-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja implantados 2 (dois) quebra-molas, após o córrego Boa Paz "Poção" na estrada do Grotão.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_017-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_017-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja feito um quebra-mola na Rua Tocantins na saída para o Loteamento do Senhor José do Getúlio (final da rua).</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/177/requerimento_018-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/177/requerimento_018-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja feito reforma e ampliação da ponte sobre o Córrego Marajó, localizada na fazenda do Sr. Marcos, próximo a chácara do Sr. Santa Cruz no sentido Assentamento Amigos da Terra.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/178/requerimento_019-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/178/requerimento_019-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja feito reforma e ampliação da PONTE SOBRE O CÓRREGO GROTÃO, localizada dentro Assentamento Amigos da Terra, próximo a chácara do Sr. Ediel Wanderley.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LAURA CURICA, LUIZ MARINHO, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/179/requerimento_020-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/179/requerimento_020-2021.pdf</t>
   </si>
   <si>
     <t>REQUER a instalação de uma Agência Bancária do Banco Bradesco.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento_022-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento_022-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja viabilizado junto ao Secretaria de Infraestrutura do Município de Divinópolis a recuperação do asfalto na Rua Paraná no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/181/requerimento_023-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/181/requerimento_023-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja viabilizado a instalação de iluminação pública na Rua 7 de Setembro que dar acesso a vila Canaã, bem como que seja realizada a limpeza da marginal da referida via.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento_024-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento_024-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja viabilizado o CASCALHAMENTO e PATROLAMENTO de algumas ruas não asfaltadas de nossa cidade, sendo elas a Rua L8 e L10 do Setor Aeroporto, Rua 7 e 8 do Setor Femandinho, bem como a rua em frente à Escola Municipal Isabel Carlos Wanderley no Setor Femandinho.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>LAURA CURICA, Ozias Teles dos Santos, Valdivan Alves da Silva</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/183/requerimento_025-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/183/requerimento_025-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja implantados 2 (dois) quebra-molas, um na Avenida João Gualberto e outro na Rua Isabel Dias de Moraes, ambos próximo ao Centro de Referência da Assistência Social (CRAS).</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_026-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_026-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que sejam implantadas lixeiras em pontos estratégicos para depósito de lixo na feira coberta, bem como que seja implementado um projeto de marketing relacionado a divulgação das datas e horários de funcionamento de exposição da feira.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>LAURA CURICA, Ozias Teles dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/185/requerimento_027-2021.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/185/requerimento_027-2021.pdf</t>
   </si>
   <si>
     <t>REQUER que seja feito um estudo para viabilizar recursos financeiros para melhorias nas entradas da cidade com portais que caracterizem/identifiquem o município e sirva como ponto de referência para todos os que passarem nas proximidades.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/186/requerimento_029-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/186/requerimento_029-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>REQUER que seja implantado 1 (um) quebra-molas, um na Rua Divino Luiz Costa, em frente à Igreja de Cristo.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_031-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_031-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>REQUER que a Secretaria da Infraestrutura, Cidades e Habitação que informe a esta Casa a possibilidade de se realizar o calçamento e a pavimentação asfáltica na Rua Campos Elísios.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>RIVALDO</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_032-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_032-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>REQUER que seja implantados 02 (dois) quebra-molas, sendo que 01 na Rua Araguaia esquina com a Rua Pedro Marinho (em frente a casa do Vereador Rivaldo) e 01 no Setor Sol Nascente, na Rua L7 em frente a casa do Sr. Edimar da Roça.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_033-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_033-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>REQUER a Secretaria da Infraestrutura, Cidades e Habitação que informe a esta Casa a possibilidade de se realizar o Recapeamento asfáltico na Rua Paraná.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_034-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_034-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>REQUER a implantação de um abatedouro/matadouro Municipal.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento_035-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento_035-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>REQUER que seja construído uma ponte sobre o Córrego Caiapozinho, no PA Caiapozinho entres às Fazendas do Sr. Agais e Sr. Arlei.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Flávio Rodrigues Silva</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/109/projeto_de_lei_executivo_001-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/109/projeto_de_lei_executivo_001-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a reestruturação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da_x000D_
 Educação Básica e de Valorização dos Profissionais da Educação - CACS-FUNDEB, em conformidade com o artigo 212-A da Constituição Federal, regulamentado na forma da Lei Federal nº 14.113, de 25 de dezembro de 2020, no Município de Divinópolis do Tocantins - TO, e dá outras_x000D_
 providências."</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/110/projeto_de_lei_executivo_002-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/110/projeto_de_lei_executivo_002-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DO ARTIGO 4° DA LEI MUNICIPAL Nº 503/2014, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/111/projeto_de_lei_executivo_003-2021__cancelado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/111/projeto_de_lei_executivo_003-2021__cancelado.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DOAÇÃO DE TERRENO NO PARQUE INDUSTRIAL DE DIVINÓPOLIS DO TOCANTINS, E DÁ OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/112/projeto_de_lei_executivo_004-2021__cancelado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/112/projeto_de_lei_executivo_004-2021__cancelado.pdf</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/113/projeto_de_lei_executivo_005-2021__cancelado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/113/projeto_de_lei_executivo_005-2021__cancelado.pdf</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/114/projeto_de_lei_executivo_006-2021__cancelado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/114/projeto_de_lei_executivo_006-2021__cancelado.pdf</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/115/projeto_de_lei_executivo_007-2021__cancelado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/115/projeto_de_lei_executivo_007-2021__cancelado.pdf</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/116/projeto_de_lei_executivo_008-2021__cancelado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/116/projeto_de_lei_executivo_008-2021__cancelado.pdf</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/117/projeto_de_lei_executivo_010-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/117/projeto_de_lei_executivo_010-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ALIENAÇÃO DE IMÓVEL DE PROPRIEDADE DO MUNICIPIO DE DIVINÓPOLIS DO TOCANTINS-TO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. "</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/118/projeto_de_lei_executivo_011-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/118/projeto_de_lei_executivo_011-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O REMEMBRAMENTO (FUSÃO) DE LOTES, INCLUINDO PARTE DA RUA 02, TODOS DO SETOR CANAÃ DE PROPRIEDADE DO_x000D_
 MUNICÍPIO DE DIVINÓPOLIS DO TOCANTINS (TO) QUE ESPECÍFICA E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/119/projeto_de_lei_executivo_012-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/119/projeto_de_lei_executivo_012-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>"INSTITUI NOVAS REGRAS DE INCENTIVO À INSTALAÇÃO, IMPLANTAÇÃO, EXPANSÃO E AMPLIAÇAO DE EMPRESAS E INDÚSTRIAS, NO PARQUE INDUSTRIAL DO MUNICÍPIO DE DIVINÓPOLIS DO TOCANTINS (TO), INSTITUIDO PELA LEI 325 DE 09 DE MAIO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/120/projeto_de_lei_executivo_013-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/120/projeto_de_lei_executivo_013-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções e autoriza a formação de consórcio intermunicipal de saúde entre os Municípios de MARIANÓPOLIS DO TOCANTINS, MONTE SANTO DO TOCANTINS, DIVINÓPOLIS DO TOCANTINS, PIUM, CHAPADA DE AREIA, DOIS IRMÃOS DO TOCANTINS, GASEARA,_x000D_
 ABREULÂNDIA, ARAGUACEMA, LAGOA DA CONFUSÃO, BARROLÂNDIA, CRISTALÂNDIA e PUGMIL, com a finalidade de constituir o Consórcio Público do Vale do Araguaia, nos termos da Lei Federal nº 11.107, de 6 de abril de 2005, visando à promoção de ações de saúde pública compreendidas no espectro do SUS.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/121/projeto_de_lei_executivo_014-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/121/projeto_de_lei_executivo_014-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções e autoriza a formação de consórcio intermunicipal entre os Municípios de MARIANÓPOLIS DO TOCANTINS, MONTE SANTO DO TOCANTINS, DIVINÓPOLIS DO TOCANTINS, PIUM, CHAPADA DE AREIA, DOIS IRMÃOS DO TOCANTINS, CASEARA, ABREULÂNDIA, ARAGUACEMA, LAGOA DA CONFUSÃO, BARROLÂNDIA, CRISTALÂNDIA e PUGMIL, com a finalidade de constituir o Consórcio Público do Vale do Araguaia, nos termos da Lei Federal nº 11.107, de 6 de abril de 2005, visando à promoção de ações de meio ambiente, assistência social, infraestrutura, saneamento básico e educação.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/122/projeto_de_lei_executivo_015-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/122/projeto_de_lei_executivo_015-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a contratar operação de crédito junto à Caixa Econômica Federal, no âmbito do programa FINISA - Financiamento à Infraestrutura e ao Saneamento na modalidade apoio financeiro, destinado a aplicação em despesa de capital, a oferecer garantias e dá outras providências".</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/123/projeto_de_lei_executivo_016-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/123/projeto_de_lei_executivo_016-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DOAÇÃO DE TERRENO NO SETOR CANAÃ, DE DIVINÓPOLIS DO TOCANTINS, E DÁ OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_de_lei_executivo_017-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_de_lei_executivo_017-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_de_lei_executivo_018-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_de_lei_executivo_018-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/126/projeto_de_lei_executivo_019-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/126/projeto_de_lei_executivo_019-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_de_lei_executivo_020-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_de_lei_executivo_020-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/128/projeto_de_lei_executivo_021-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/128/projeto_de_lei_executivo_021-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/129/projeto_de_lei_executivo_022-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/129/projeto_de_lei_executivo_022-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_lei_executivo_023-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_lei_executivo_023-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/131/projeto_de_lei_executivo_024-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/131/projeto_de_lei_executivo_024-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/132/projeto_de_lei_executivo_025-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/132/projeto_de_lei_executivo_025-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/133/projeto_de_lei_executivo_026-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/133/projeto_de_lei_executivo_026-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O DESMEMBRAMENTO DE LOTE, PARA REGULARIZAÇÃO DE IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO DE DIVINÓPOLIS DO TOCANTINS (TO) QUE ESPECÍFICA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/134/projeto_de_lei_executivo_027-2021__nao_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/134/projeto_de_lei_executivo_027-2021__nao_aprovado.pdf</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_de_lei_executivo_028-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_de_lei_executivo_028-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/136/projeto_de_lei_executivo_029-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/136/projeto_de_lei_executivo_029-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/137/projeto_de_lei_executivo_030-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/137/projeto_de_lei_executivo_030-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO E DENOMINAÇÃO DE UNIDADE BÁSICA DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/138/projeto_de_lei_executivo_031-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/138/projeto_de_lei_executivo_031-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/139/projeto_de_lei_executivo_032-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/139/projeto_de_lei_executivo_032-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>"Cria a Coordenadoria Municipal de Defesa Civil (COMDEC) do Município de Divinópolis - TO e dá outras providências".</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/141/projeto_de_lei_executivo_034-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/141/projeto_de_lei_executivo_034-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/142/projeto_de_lei_executivo_035-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/142/projeto_de_lei_executivo_035-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>Fixa o valor para pagamento de obrigações de Pequeno Valor/RPV, decorrentes de decisões judiciais, nos termos do Art. 100, parágrafos 3º e 4º da Constituição Federal.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/143/projeto_de_lei_executivo_036-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/143/projeto_de_lei_executivo_036-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/144/projeto_de_lei_executivo_037-2021__nao_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/144/projeto_de_lei_executivo_037-2021__nao_aprovado.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PLANO MUNICIPAL DE SANEAMENTO BÁSICO DESTINADO A GESTÃO DOS SERVIÇOS PÚBLICOS MUNICIPAIS DE SANEAMENTO BÁSICO, A SABER: ABASTECIMENTO DE ÁGUA, ESGOTAMENTO SANITÁRIO, LIMPEZA URBANA E MANEJO DOS RESIDUOS SÓLIDOS E DRENAGEM URBANA E MANEJO DAS ÁGUAS PLUVIAIS, EM TODO O TERRITÓRIO DO MUNICÍPIO DE DIVINÓPOLIS-TO."</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/145/projeto_de_lei_executivo_038-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/145/projeto_de_lei_executivo_038-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/146/projeto_de_lei_executivo_039-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/146/projeto_de_lei_executivo_039-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual - PPA 2022-2025 para o Município de Divinópolis do Tocantins, e estabelece outras providências.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/147/projeto_de_lei_executivo_040-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/147/projeto_de_lei_executivo_040-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2022 (Ano Referência de 2022) e dá outras providências.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/148/projeto_de_lei_executivo_041-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/148/projeto_de_lei_executivo_041-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Orçamento Anual do Município de DIVINÓPOLIS DO TOCANTINS, para o exercício financeiro de 2022, e adota outras providências.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/149/projeto_de_lei_executivo_043-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/149/projeto_de_lei_executivo_043-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL DE PROPRIEDADE DO_x000D_
 MUNICÍPIO DE DIVINÓPOLIS DO TOCANTINS (TO) QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/150/projeto_de_lei_executivo_044-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/150/projeto_de_lei_executivo_044-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>''AUTORIZA O PODER EXECUTIVO DO MUNICÍPIO DE MONTE SANTO (TO), A REALIZAR SERVIÇOS DO PROGRAMA "MÁQUINAS PARA O POVO" AOS PARTICULARES RESIDENTES E DOMICILIADOS EM ZONAS DE FRONTEIRA ENTRE OS MUNICÍPIOS QUE ESPECIFICA E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.''</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_lei_executivo_045-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_lei_executivo_045-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE ABONO ESPECIAL AOS PROFISSIONAIS DA EDUCAÇÃO BÁSICA DE DIVINÓPOLIS DO TOCANTINS, REMUNERADOS PELO FUNDEB, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/152/projeto_de_lei_executivo_046-2021__nao_distribuido.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/152/projeto_de_lei_executivo_046-2021__nao_distribuido.pdf</t>
   </si>
   <si>
     <t>"Altera Dispositivos da lei nº 652 de 23 de junho de 2020, que dispõe sobre a realização de despesas com o auxílio financeiro para pessoas carentes e dá outras providências".</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
-    <t>Projeto de Resolução do Legislativo</t>
+    <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, LAURA CURICA, Valdivan Alves da Silva</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/159/projeto_de_resolucao_do_legislativo_001-2021-__diarias.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/159/projeto_de_resolucao_do_legislativo_001-2021-__diarias.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de diárias de viagens e dá outras providências”</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>LAURA CURICA, Ozias Teles dos Santos, ANDRÉ BANDEIRA</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/29/projeto_de_lei__legislativo_002-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/29/projeto_de_lei__legislativo_002-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA JOVEM APRENDIZ NO ÂMBITO DO MUNICIPIO DE DIVINÓPOLIS DO TOCANTINS"</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei__legislativo_003-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei__legislativo_003-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração de nome de Via Pública Municipal e determina outras providências"</t>
   </si>
   <si>
     <t>Igor Carvalho dos Santos, LAURA CURICA, RIVALDO</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/31/projeto_de_lei__legislativo_004-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/31/projeto_de_lei__legislativo_004-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Igor Carvalho dos Santos, Ozias Teles dos Santos, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_de_lei__legislativo_005-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_de_lei__legislativo_005-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a proibição da suspensão de serviços básicos de fornecimento de água tratada e energia elétrica em finais de semana e vésperas de feriados no Município de Divinópolis do Tocantins."</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/33/projeto_de_lei__legislativo_006-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/33/projeto_de_lei__legislativo_006-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre instituição da semana antidrogas no município de Divinópolis do Tocantins"</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei__legislativo_007-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei__legislativo_007-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Criação do Conselho Municipal Antidrogas, e dá outras providencias"</t>
   </si>
   <si>
     <t>LAURA CURICA, Ozias Teles dos Santos, Igor Carvalho dos Santos, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/35/projeto_de_lei__legislativo_008-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/35/projeto_de_lei__legislativo_008-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do Fundo de Políticas públicas sobre drogas, do munícipio de Divinópolis - TO e dá outras providências."</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei__legislativo_009-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei__legislativo_009-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei__legislativo_010-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei__legislativo_010-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/157/projeto_de_lei__legislativo_012-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/157/projeto_de_lei__legislativo_012-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE O ADJETIVO GENTÍLICO DO MUNICÍPIO DE DIVINÓPOLIS DO TOCANTINS, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>Igor Carvalho dos Santos, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva, Viviane Martins de Abreu, ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/30/projeto_de_lei__legislativo_013-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/30/projeto_de_lei__legislativo_013-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DA TRIBUNA DA CÂMARA MUNICIPAL DE DIVINÓPOLIS DO TOCANTINS, QUE PASSA À DENOMINAR-SE "TRIBUNA ARNALDO JOAQUIM DE OLIVEIRA"</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>Valdivan Alves da Silva</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei__legislativo_014-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei__legislativo_014-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE HONRARIAS PELO MUNICÍPIO DE DIVINÓPOLIS DO TOCANTINS"</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/140/projeto_de_lei_executivo_033-2021__aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/140/projeto_de_lei_executivo_033-2021__aprovado.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO DE DIVINÓPOLIS DO TOCANTINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Igor Carvalho dos Santos, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei__legislativo_001-2021_-_aprovado.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei__legislativo_001-2021_-_aprovado.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A SINALIZAÇÃO DE TRÂNSITO DA ZONA URBANA E PLACAS DE IDENTIFICAÇÃO DAS RUAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1354,68 +1354,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/160/requerimento_001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/161/requerimento_002-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/162/requerimento_003-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/163/requerimento_004-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_005-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/165/requerimento_006-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_007-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento_008-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/168/requerimento_009-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/169/requerimento_010-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_011-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/171/requerimento_012-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/172/requerimento_013-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/173/requerimento_014-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/174/requerimento_015-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_016-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_017-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/177/requerimento_018-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/178/requerimento_019-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/179/requerimento_020-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento_022-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/181/requerimento_023-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento_024-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/183/requerimento_025-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_026-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/185/requerimento_027-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/186/requerimento_029-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_031-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_032-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_033-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_034-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento_035-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/109/projeto_de_lei_executivo_001-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/110/projeto_de_lei_executivo_002-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/111/projeto_de_lei_executivo_003-2021__cancelado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/112/projeto_de_lei_executivo_004-2021__cancelado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/113/projeto_de_lei_executivo_005-2021__cancelado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/114/projeto_de_lei_executivo_006-2021__cancelado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/115/projeto_de_lei_executivo_007-2021__cancelado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/116/projeto_de_lei_executivo_008-2021__cancelado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/117/projeto_de_lei_executivo_010-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/118/projeto_de_lei_executivo_011-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/119/projeto_de_lei_executivo_012-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/120/projeto_de_lei_executivo_013-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/121/projeto_de_lei_executivo_014-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/122/projeto_de_lei_executivo_015-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/123/projeto_de_lei_executivo_016-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_de_lei_executivo_017-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_de_lei_executivo_018-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/126/projeto_de_lei_executivo_019-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_de_lei_executivo_020-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/128/projeto_de_lei_executivo_021-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/129/projeto_de_lei_executivo_022-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_lei_executivo_023-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/131/projeto_de_lei_executivo_024-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/132/projeto_de_lei_executivo_025-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/133/projeto_de_lei_executivo_026-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/134/projeto_de_lei_executivo_027-2021__nao_aprovado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_de_lei_executivo_028-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/136/projeto_de_lei_executivo_029-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/137/projeto_de_lei_executivo_030-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/138/projeto_de_lei_executivo_031-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/139/projeto_de_lei_executivo_032-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/141/projeto_de_lei_executivo_034-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/142/projeto_de_lei_executivo_035-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/143/projeto_de_lei_executivo_036-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/144/projeto_de_lei_executivo_037-2021__nao_aprovado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/145/projeto_de_lei_executivo_038-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/146/projeto_de_lei_executivo_039-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/147/projeto_de_lei_executivo_040-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/148/projeto_de_lei_executivo_041-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/149/projeto_de_lei_executivo_043-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/150/projeto_de_lei_executivo_044-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_lei_executivo_045-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/152/projeto_de_lei_executivo_046-2021__nao_distribuido.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/159/projeto_de_resolucao_do_legislativo_001-2021-__diarias.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/29/projeto_de_lei__legislativo_002-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei__legislativo_003-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/31/projeto_de_lei__legislativo_004-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_de_lei__legislativo_005-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/33/projeto_de_lei__legislativo_006-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei__legislativo_007-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/35/projeto_de_lei__legislativo_008-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei__legislativo_009-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei__legislativo_010-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/157/projeto_de_lei__legislativo_012-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/30/projeto_de_lei__legislativo_013-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei__legislativo_014-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/140/projeto_de_lei_executivo_033-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei__legislativo_001-2021_-_aprovado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/160/requerimento_001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/161/requerimento_002-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/162/requerimento_003-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/163/requerimento_004-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_005-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/165/requerimento_006-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_007-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento_008-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/168/requerimento_009-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/169/requerimento_010-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_011-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/171/requerimento_012-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/172/requerimento_013-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/173/requerimento_014-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/174/requerimento_015-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_016-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_017-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/177/requerimento_018-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/178/requerimento_019-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/179/requerimento_020-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento_022-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/181/requerimento_023-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento_024-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/183/requerimento_025-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_026-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/185/requerimento_027-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/186/requerimento_029-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_031-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_032-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_033-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_034-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento_035-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/109/projeto_de_lei_executivo_001-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/110/projeto_de_lei_executivo_002-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/111/projeto_de_lei_executivo_003-2021__cancelado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/112/projeto_de_lei_executivo_004-2021__cancelado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/113/projeto_de_lei_executivo_005-2021__cancelado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/114/projeto_de_lei_executivo_006-2021__cancelado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/115/projeto_de_lei_executivo_007-2021__cancelado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/116/projeto_de_lei_executivo_008-2021__cancelado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/117/projeto_de_lei_executivo_010-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/118/projeto_de_lei_executivo_011-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/119/projeto_de_lei_executivo_012-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/120/projeto_de_lei_executivo_013-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/121/projeto_de_lei_executivo_014-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/122/projeto_de_lei_executivo_015-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/123/projeto_de_lei_executivo_016-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_de_lei_executivo_017-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_de_lei_executivo_018-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/126/projeto_de_lei_executivo_019-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_de_lei_executivo_020-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/128/projeto_de_lei_executivo_021-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/129/projeto_de_lei_executivo_022-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_lei_executivo_023-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/131/projeto_de_lei_executivo_024-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/132/projeto_de_lei_executivo_025-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/133/projeto_de_lei_executivo_026-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/134/projeto_de_lei_executivo_027-2021__nao_aprovado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_de_lei_executivo_028-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/136/projeto_de_lei_executivo_029-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/137/projeto_de_lei_executivo_030-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/138/projeto_de_lei_executivo_031-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/139/projeto_de_lei_executivo_032-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/141/projeto_de_lei_executivo_034-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/142/projeto_de_lei_executivo_035-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/143/projeto_de_lei_executivo_036-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/144/projeto_de_lei_executivo_037-2021__nao_aprovado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/145/projeto_de_lei_executivo_038-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/146/projeto_de_lei_executivo_039-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/147/projeto_de_lei_executivo_040-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/148/projeto_de_lei_executivo_041-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/149/projeto_de_lei_executivo_043-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/150/projeto_de_lei_executivo_044-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_lei_executivo_045-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/152/projeto_de_lei_executivo_046-2021__nao_distribuido.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/159/projeto_de_resolucao_do_legislativo_001-2021-__diarias.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/29/projeto_de_lei__legislativo_002-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei__legislativo_003-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/31/projeto_de_lei__legislativo_004-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_de_lei__legislativo_005-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/33/projeto_de_lei__legislativo_006-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei__legislativo_007-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/35/projeto_de_lei__legislativo_008-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei__legislativo_009-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei__legislativo_010-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/157/projeto_de_lei__legislativo_012-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/30/projeto_de_lei__legislativo_013-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei__legislativo_014-2021_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/140/projeto_de_lei_executivo_033-2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei__legislativo_001-2021_-_aprovado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="169.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="137.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="136.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>