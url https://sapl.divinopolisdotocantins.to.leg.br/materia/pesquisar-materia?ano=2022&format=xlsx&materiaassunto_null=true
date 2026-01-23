--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -261,51 +261,51 @@
   <si>
     <t>Altera a Lei N° 389/2009, de 17 de agosto de 2009, que dispõe sobre o Conselho Municipal dos Direitos da Pessoa Idosa, e adota outras providências.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/104/projeto_de_lei_municipal_n_020_de_20_de_outubro_de_2022.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PLANO MUNICIPAL DE SANEAMENTO BÁSICO DESTINADO A GESTÃO DOS SERVIÇOS PÚBLICOS MUNICIPAIS DE SANEAMENTO BÁSICO, A SABER: ABASTECIMENTO DE ÁGUA, ESGOTAMENTO SANITÁRIO, LIMPEZA URBANA E MANEJO DOS RESÍDUOS SÓLIDOS E DRENAGEM URBANA E MANEJO DAS ÁGUAS PLUVIAIS, EM TODO O TERRITÓRIO DO MUNICÍPIO DE DIVINÓPOLIS — TO."</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>ANDRÉ BANDEIRA, IGOR BARACHO, LAURA CURICA, LUIZ MARINHO, PAULA GIL, PROFESSOR OZIAS, PROFESSOR VALDIVAN, RIVALDO, VIVIANE MARTINS</t>
+    <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_lei_do_legislativo_n_001-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração de nome de Via Pública Municipal e determina outras providências"</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>PLEG</t>
   </si>
   <si>
     <t>Parecer Legislativo</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição e Justiça, CESA - Comissão de Educação, Saúde e Assistência Social, CFO - Comissão de Finanças e Orçamentos</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/106/parecer_legislativo_n_008-2022_-_do_projeto_de_lei_do_executivo_n_0046-2021_.pdf</t>
   </si>
   <si>
     <t>"PARECER QUE ALTERA DISPOSITIVOS DA LEI N°. 652 DE 23 DE JUNHO DE 2020, QUE DISPÕE SOBRE A REALIZAÇÃO DE DESPESAS COM O AUXÍLIO FINANCEIRO PARA PESSOAS CARENTES E DÁ OUTAS PROVIDÊNCIAS"</t>
   </si>
@@ -697,51 +697,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/94/projeto_de_lei_municipal_n_001-2022_de_07_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/95/projeto_de_lei_municipal_n_002-2022_de_07_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/96/projeto_de_lei_municipal_n_003-2022_de_07_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/88/projeto_de_lei_do_executivo_n_004-2022_de_23_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/89/projeto_de_lei_do_executivo_n_005-2022_de_07_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/97/projeto_de_lei_municipal_n_006-2022_de_07_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/90/projeto_de_lei_do_executivo_n_007-2022_de_08_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/91/projeto_de_lei_do_executivo_n_008-2022_de_07_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/98/projeto_de_lei_municipal_n_010-2022_de_04_de_abril_de_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/92/projeto_de_lei_do_executivo_n_012-2022_de_09_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/99/projeto_de_lei_municipal_n_013-2022_de_19_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/100/projeto_de_lei_municipal_n_014-2022_de_30_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/93/projeto_de_lei_do_executivo_n_015-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/101/projeto_de_lei_municipal_n_016-2022_de_21_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/102/projeto_de_lei_municipal_n_018-2022_de_12_de_setembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/103/projeto_de_lei_municipal_n_019-2022_de_14_de_setembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/104/projeto_de_lei_municipal_n_020_de_20_de_outubro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_lei_do_legislativo_n_001-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/106/parecer_legislativo_n_008-2022_-_do_projeto_de_lei_do_executivo_n_0046-2021_.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/105/parecer_legislativo_n__0013-2022_-_do_projeto_de_lei_do_executivo_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/107/parecer_legislativo_n_0014-2022_-_do_projeto_de_lei_do_executivo_n_22-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/108/parecer_legislativo_n_0015-2022_-_do_projeto_de_lei_do_executivo_n_21-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_lei_complementar_-_n_009-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="133.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="169.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="160.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>