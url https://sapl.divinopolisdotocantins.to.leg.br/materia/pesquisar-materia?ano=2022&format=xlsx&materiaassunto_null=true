--- v1 (2026-01-23)
+++ v2 (2026-03-11)
@@ -54,327 +54,327 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Flávio Rodrigues Silva</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/94/projeto_de_lei_municipal_n_001-2022_de_07_de_fevereiro_de_2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/94/projeto_de_lei_municipal_n_001-2022_de_07_de_fevereiro_de_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL DE PROPRIEDADE DO_x000D_
 MUNICÍPIO DE DIVINóPOLIS DO TOCANTINS (TO) QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. "</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/95/projeto_de_lei_municipal_n_002-2022_de_07_de_fevereiro_de_2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/95/projeto_de_lei_municipal_n_002-2022_de_07_de_fevereiro_de_2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DOAÇÃO DE TERRENO URBANO DO DE PROPRIEDADE DO MUNICÍPIO DE DIVINÓPOLIS DO TOCANTINS (TO) QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. "</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/96/projeto_de_lei_municipal_n_003-2022_de_07_de_fevereiro_de_2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/96/projeto_de_lei_municipal_n_003-2022_de_07_de_fevereiro_de_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL DE PROPRIEDADE DO_x000D_
 MUNICÍPIO DE DIVINÓPOLIS DO TOCANTINS (TO) QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. "</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/88/projeto_de_lei_do_executivo_n_004-2022_de_23_de_fevereiro_de_2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/88/projeto_de_lei_do_executivo_n_004-2022_de_23_de_fevereiro_de_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração do nome de ação orçamentária, constante nos anexos da Lei 706/2021, que dispõe sobre o Plano Plurianual - PPA 2022-2025 do Município de Divinópolis do Tocantins, Lei 707/2021, que Dispõe sobre as Diretrizes Gerais para elaboração da Lei Orçamentária de 2022 (ano referência 2022) e dá outras providencias e Lei 708/2021, que estima a receita e fixa a despesa do orçamento anual do município de Divinópolis do Tocantins, para o exercício de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/89/projeto_de_lei_do_executivo_n_005-2022_de_07_de_marco_de_2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/89/projeto_de_lei_do_executivo_n_005-2022_de_07_de_marco_de_2022.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei 578/2017 que dispõe sobre viagem e serviço e concessão de diária a servidores dos órgãos da administração pública direta e dá outras providências"</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/97/projeto_de_lei_municipal_n_006-2022_de_07_de_marco_de_2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/97/projeto_de_lei_municipal_n_006-2022_de_07_de_marco_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de rua do município de Divinópolis do Tocantins (TO) que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/90/projeto_de_lei_do_executivo_n_007-2022_de_08_de_marco_de_2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/90/projeto_de_lei_do_executivo_n_007-2022_de_08_de_marco_de_2022.pdf</t>
   </si>
   <si>
     <t>"Altera a LEI N° 416/2011, que dispõe sobre o Plano de Cargos, Carreiras e Remuneração do Apoio Administrativo da Educação Básica do Município de Divinópolis do Tocantins — TO -(PCCR)".</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/91/projeto_de_lei_do_executivo_n_008-2022_de_07_de_marco_de_2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/91/projeto_de_lei_do_executivo_n_008-2022_de_07_de_marco_de_2022.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei N° 579/2017, que dispõe sobre a Estrutura Organizacional do Poder Executivo do Município de Divinópolis do Tocantins — TO, e dá outras providências."</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/98/projeto_de_lei_municipal_n_010-2022_de_04_de_abril_de_2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/98/projeto_de_lei_municipal_n_010-2022_de_04_de_abril_de_2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO MUNICÍPIO DE DIVINÓPOLIS DO TOCANTINS (TO) QUE ESPECIFICA E DÁ OUTRAS PROVIDENCIAS. "</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/92/projeto_de_lei_do_executivo_n_012-2022_de_09_de_maio_de_2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/92/projeto_de_lei_do_executivo_n_012-2022_de_09_de_maio_de_2022.pdf</t>
   </si>
   <si>
     <t>'DISPÕE SOBRE A DENOMINAÇÃO DE RUA DO MUNICÍPIO DE DIVINÓPOLIS DO TOCANTINS (TO) QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. "</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/99/projeto_de_lei_municipal_n_013-2022_de_19_de_maio_de_2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/99/projeto_de_lei_municipal_n_013-2022_de_19_de_maio_de_2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DOAÇÃO DE TERRENOS URBANOS DE PROPRIEDADE DO MUNICÍPIO DE DIVINÓPOLIS DO TOCANTINS (TO) QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/100/projeto_de_lei_municipal_n_014-2022_de_30_de_maio_de_2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/100/projeto_de_lei_municipal_n_014-2022_de_30_de_maio_de_2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DOAÇÃO DE TERRENO URBANO DE PROPRIEDADE DO MUNICÍPIO DE DIVINÓPOLIS DO TOCANTINS (TO) QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. "</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/93/projeto_de_lei_do_executivo_n_015-2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/93/projeto_de_lei_do_executivo_n_015-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n°708 de 23 de dezembro de 2021, com a transferência de recursos da reserva de contingência para o Fundo Municipal de Saúde_x000D_
 e adota outras providências.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/101/projeto_de_lei_municipal_n_016-2022_de_21_de_junho_de_2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/101/projeto_de_lei_municipal_n_016-2022_de_21_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/102/projeto_de_lei_municipal_n_018-2022_de_12_de_setembro_de_2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/102/projeto_de_lei_municipal_n_018-2022_de_12_de_setembro_de_2022.pdf</t>
   </si>
   <si>
     <t>"TRANSFORMA ÁREA RURAL EM EXPANSÃO DE ZONA URBANA NESTA CIDADE E DÁ OUTRAS PROVIDÊNCIAS. "</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/103/projeto_de_lei_municipal_n_019-2022_de_14_de_setembro_de_2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/103/projeto_de_lei_municipal_n_019-2022_de_14_de_setembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei N° 389/2009, de 17 de agosto de 2009, que dispõe sobre o Conselho Municipal dos Direitos da Pessoa Idosa, e adota outras providências.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/104/projeto_de_lei_municipal_n_020_de_20_de_outubro_de_2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/104/projeto_de_lei_municipal_n_020_de_20_de_outubro_de_2022.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PLANO MUNICIPAL DE SANEAMENTO BÁSICO DESTINADO A GESTÃO DOS SERVIÇOS PÚBLICOS MUNICIPAIS DE SANEAMENTO BÁSICO, A SABER: ABASTECIMENTO DE ÁGUA, ESGOTAMENTO SANITÁRIO, LIMPEZA URBANA E MANEJO DOS RESÍDUOS SÓLIDOS E DRENAGEM URBANA E MANEJO DAS ÁGUAS PLUVIAIS, EM TODO O TERRITÓRIO DO MUNICÍPIO DE DIVINÓPOLIS — TO."</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_lei_do_legislativo_n_001-2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_lei_do_legislativo_n_001-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração de nome de Via Pública Municipal e determina outras providências"</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>PLEG</t>
   </si>
   <si>
     <t>Parecer Legislativo</t>
   </si>
   <si>
-    <t>CCJ - Comissão de Constituição e Justiça, CESA - Comissão de Educação, Saúde e Assistência Social, CFO - Comissão de Finanças e Orçamentos</t>
-[...2 lines deleted...]
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/106/parecer_legislativo_n_008-2022_-_do_projeto_de_lei_do_executivo_n_0046-2021_.pdf</t>
+    <t>CCJ - I - Comissão de Constituição, Justiça e Redação, CESA - III - Comissão de Educação, Ciência, Comunicação, Cultura, Desporto, Saúde, da Pessoa Humana, Assist, CFO - II - Comissão de Finanças, Orçamento, Tributação, Fiscalização e Controle</t>
+  </si>
+  <si>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/106/parecer_legislativo_n_008-2022_-_do_projeto_de_lei_do_executivo_n_0046-2021_.pdf</t>
   </si>
   <si>
     <t>"PARECER QUE ALTERA DISPOSITIVOS DA LEI N°. 652 DE 23 DE JUNHO DE 2020, QUE DISPÕE SOBRE A REALIZAÇÃO DE DESPESAS COM O AUXÍLIO FINANCEIRO PARA PESSOAS CARENTES E DÁ OUTAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>CCJ - Comissão de Constituição e Justiça, CFO - Comissão de Finanças e Orçamentos</t>
-[...2 lines deleted...]
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/105/parecer_legislativo_n__0013-2022_-_do_projeto_de_lei_do_executivo_n_20-2022.pdf</t>
+    <t>CCJ - I - Comissão de Constituição, Justiça e Redação, CFO - II - Comissão de Finanças, Orçamento, Tributação, Fiscalização e Controle</t>
+  </si>
+  <si>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/105/parecer_legislativo_n__0013-2022_-_do_projeto_de_lei_do_executivo_n_20-2022.pdf</t>
   </si>
   <si>
     <t>"Parecer Legislativo que dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2023 (Ano Referência de 2023) e dá outras providências"</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/107/parecer_legislativo_n_0014-2022_-_do_projeto_de_lei_do_executivo_n_22-2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/107/parecer_legislativo_n_0014-2022_-_do_projeto_de_lei_do_executivo_n_22-2022.pdf</t>
   </si>
   <si>
     <t>"Parecer Legislativo relativo Projeto de Lei Orçamentária Anual 2023 - PLOA"</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/108/parecer_legislativo_n_0015-2022_-_do_projeto_de_lei_do_executivo_n_21-2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/108/parecer_legislativo_n_0015-2022_-_do_projeto_de_lei_do_executivo_n_21-2022.pdf</t>
   </si>
   <si>
     <t>"Parecer Legislativo que Altera a Lei 706, de 23 de dezembro de 2021, que instituiu o Plano Plurianual - PPA 2022/2025 para o Município de Divinópolis do Tocantins, e estabelece outras providências."</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_lei_complementar_-_n_009-2022.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_lei_complementar_-_n_009-2022.pdf</t>
   </si>
   <si>
     <t>Institui o novo Código Tributário do Município de Divinópolis do Tocantins-TO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -681,68 +681,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/94/projeto_de_lei_municipal_n_001-2022_de_07_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/95/projeto_de_lei_municipal_n_002-2022_de_07_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/96/projeto_de_lei_municipal_n_003-2022_de_07_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/88/projeto_de_lei_do_executivo_n_004-2022_de_23_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/89/projeto_de_lei_do_executivo_n_005-2022_de_07_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/97/projeto_de_lei_municipal_n_006-2022_de_07_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/90/projeto_de_lei_do_executivo_n_007-2022_de_08_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/91/projeto_de_lei_do_executivo_n_008-2022_de_07_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/98/projeto_de_lei_municipal_n_010-2022_de_04_de_abril_de_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/92/projeto_de_lei_do_executivo_n_012-2022_de_09_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/99/projeto_de_lei_municipal_n_013-2022_de_19_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/100/projeto_de_lei_municipal_n_014-2022_de_30_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/93/projeto_de_lei_do_executivo_n_015-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/101/projeto_de_lei_municipal_n_016-2022_de_21_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/102/projeto_de_lei_municipal_n_018-2022_de_12_de_setembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/103/projeto_de_lei_municipal_n_019-2022_de_14_de_setembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/104/projeto_de_lei_municipal_n_020_de_20_de_outubro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_lei_do_legislativo_n_001-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/106/parecer_legislativo_n_008-2022_-_do_projeto_de_lei_do_executivo_n_0046-2021_.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/105/parecer_legislativo_n__0013-2022_-_do_projeto_de_lei_do_executivo_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/107/parecer_legislativo_n_0014-2022_-_do_projeto_de_lei_do_executivo_n_22-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/108/parecer_legislativo_n_0015-2022_-_do_projeto_de_lei_do_executivo_n_21-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_lei_complementar_-_n_009-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/94/projeto_de_lei_municipal_n_001-2022_de_07_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/95/projeto_de_lei_municipal_n_002-2022_de_07_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/96/projeto_de_lei_municipal_n_003-2022_de_07_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/88/projeto_de_lei_do_executivo_n_004-2022_de_23_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/89/projeto_de_lei_do_executivo_n_005-2022_de_07_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/97/projeto_de_lei_municipal_n_006-2022_de_07_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/90/projeto_de_lei_do_executivo_n_007-2022_de_08_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/91/projeto_de_lei_do_executivo_n_008-2022_de_07_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/98/projeto_de_lei_municipal_n_010-2022_de_04_de_abril_de_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/92/projeto_de_lei_do_executivo_n_012-2022_de_09_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/99/projeto_de_lei_municipal_n_013-2022_de_19_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/100/projeto_de_lei_municipal_n_014-2022_de_30_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/93/projeto_de_lei_do_executivo_n_015-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/101/projeto_de_lei_municipal_n_016-2022_de_21_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/102/projeto_de_lei_municipal_n_018-2022_de_12_de_setembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/103/projeto_de_lei_municipal_n_019-2022_de_14_de_setembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/104/projeto_de_lei_municipal_n_020_de_20_de_outubro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_lei_do_legislativo_n_001-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/106/parecer_legislativo_n_008-2022_-_do_projeto_de_lei_do_executivo_n_0046-2021_.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/105/parecer_legislativo_n__0013-2022_-_do_projeto_de_lei_do_executivo_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/107/parecer_legislativo_n_0014-2022_-_do_projeto_de_lei_do_executivo_n_22-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/108/parecer_legislativo_n_0015-2022_-_do_projeto_de_lei_do_executivo_n_21-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_lei_complementar_-_n_009-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="169.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="160.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="217.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="159.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>