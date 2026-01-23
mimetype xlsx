--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -48,82 +48,82 @@
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>ANDRÉ BANDEIRA, IGOR BARACHO, LAURA CURICA, LUIZ MARINHO, PAULA GIL, PROFESSOR OZIAS, PROFESSOR VALDIVAN, RIVALDO, VIVIANE MARTINS</t>
+    <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/1/requerimento_n_001-2023.pdf</t>
   </si>
   <si>
     <t>Implantação no prazo de 30 (trinta) dias, do Projeto de Lei n°. 08/2021 - o qual cria o Fundo de Políticas públicas sobre drogas, do município de_x000D_
 Divinópolis — TO.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_n_002-2023.pdf</t>
   </si>
   <si>
     <t>Implantação de 01 (um) quebra-molas/lombada, na Rua Paraná.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_n_003-2023.pdf</t>
   </si>
   <si>
     <t>Patrolamento e abertura de eixos na zona rural.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>ANDRÉ BANDEIRA, LAURA CURICA, LUIZ MARINHO, PAULA GIL, PROFESSOR OZIAS, PROFESSOR VALDIVAN, RIVALDO, VIVIANE MARTINS</t>
+    <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_n_004-2023.pdf</t>
   </si>
   <si>
     <t>Patrolamento nas estrada do Projeto de Assentamento (PA) Rio Prata e do Rio do Coco.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/5/requerimento_n_005-2023.pdf</t>
   </si>
   <si>
     <t>Revitalização da Praça Leandro Adorno.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_n_006-2023.pdf</t>
   </si>
   <si>
     <t>Revitalização da Praça do Natal.</t>
   </si>
@@ -166,51 +166,51 @@
   <si>
     <t>Revitalização da Rodoshopping (reforma da cobertura metálica, dos banheiros masculino e feminino, iluminação e pintura).</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_n_012-2023.pdf</t>
   </si>
   <si>
     <t>Implantação de 1 (um) quebra-molas, na Rua 11, Quadra 09, em frente o Lote 06, Parque dos Buritis</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/12/requerimento_n_013-2023.pdf</t>
   </si>
   <si>
     <t>Criação de um Projeto de Lei - Pão na Mesa</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>ANDRÉ BANDEIRA, LAURA CURICA, PROFESSOR VALDIVAN, VIVIANE MARTINS</t>
+    <t>ANDRÉ BANDEIRA, LAURA CURICA, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/13/requerimento_n_015-2023.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo a realização de um concurso público</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/14/requerimento_n_016-2023.pdf</t>
   </si>
   <si>
     <t>Manutenção e revisão mecânica de toda a frota do transporte escolar</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/15/requerimento_n_017-2023.pdf</t>
   </si>
@@ -522,51 +522,51 @@
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/208/projeto_de_lei_municipal_n_030-2023_de_24_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_lei_municipal_n_031-2023_de_24_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/210/projeto_de_lei_municipal_n_032-2023_de_24_de_novembrode_2023.pdf</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução do Legislativo</t>
   </si>
   <si>
-    <t>PROFESSOR OZIAS</t>
+    <t>Ozias Teles dos Santos</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/27/projeto_de_resolucao_n_001-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA DO QUADRO DE CARGOS DA CÂMARA MUNICIPAL DE DIVINÓPOLIS DO TOCANTINS — TO, PARA INCLUIR CARGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/28/parecer_-_projeto_de_resolucao_n_002-2023.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÃO DA ESTRUTURA DO QUADRO DE CARGOS DA CÂMARA MUNICIPAL DE DIVINÓPOLIS DO TOCANTINS — TO, PARA INCLUIR CARGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_legislativo_n_001-2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO N°. 001/2023: "Concede a Revisão Geral Anual dos subsídios dos Vereadores, do Presidente e da remuneração dos servidores público da Câmara Municipal de Divinópolis do Tocantins."</t>
   </si>
@@ -925,51 +925,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/1/requerimento_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_n_002-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_n_003-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_n_004-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/5/requerimento_n_005-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_n_006-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/7/requerimento_n_007-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_n_008-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_n_010-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/10/requerimento_n_011-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_n_012-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/12/requerimento_n_013-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/13/requerimento_n_015-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/14/requerimento_n_016-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/15/requerimento_n_017-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/16/requerimento_n_018-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/17/requerimento_n_020-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/18/requerimento_n_021-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/19/requerimento_n_022-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/38/requerimento_n_023-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/39/requerimento_n_024-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/40/requerimento_n_025-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/41/requerimento_n_026-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/42/requerimento_n_027-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/43/requerimento_n_028-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/44/requerimento_n_029-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/211/requerimento_n_030-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/212/requerimento_n_031-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_-_executivo_-_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_-_executivo_-_n_003-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_lei_-_executivo_-_n_006-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_-_executivo_-_n_007-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_lei_-_executivo_-_n_008-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/26/projeto_de_lei_-_executivo_-_n_009-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/192/projeto_de_lei_-_executivo_-_n_010-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/194/projeto_de_lei_do_executivo_n_011-2023_de_05_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/195/projeto_de_lei_municipal_n_012-2023_de_06_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/196/projeto_de_lei_municipal_n_013-2023_de_06_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/197/projeto_de_lei_municipal_n_014_de_11_de_setembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/198/projeto_de_lei_municipal_n_020-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/199/projeto_de_lei_municipal_n_021-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/200/projeto_de_lei_municipal_n_022-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/201/projeto_de_lei_municipal_n_023-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/202/projeto_de_lei_municipal_n_024-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/203/projeto_de_lei_municipal_n_025-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/204/projeto_de_lei_municipal_n_026-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/205/projeto_de_lei_municipal_n_027-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/206/projeto_de_lei_municipal_n_028-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/207/projeto_de_lei_municipal_n_029-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/208/projeto_de_lei_municipal_n_030-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_lei_municipal_n_031-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/210/projeto_de_lei_municipal_n_032-2023_de_24_de_novembrode_2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/27/projeto_de_resolucao_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/28/parecer_-_projeto_de_resolucao_n_002-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_legislativo_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/193/projeto_de_lei_complementar_n_019_de_31_de_outubro_de_2023..pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="133.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="169.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="151.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="249.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>