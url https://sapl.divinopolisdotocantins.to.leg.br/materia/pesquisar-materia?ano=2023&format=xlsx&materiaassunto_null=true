--- v1 (2026-01-23)
+++ v2 (2026-03-12)
@@ -51,558 +51,558 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/1/requerimento_n_001-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/1/requerimento_n_001-2023.pdf</t>
   </si>
   <si>
     <t>Implantação no prazo de 30 (trinta) dias, do Projeto de Lei n°. 08/2021 - o qual cria o Fundo de Políticas públicas sobre drogas, do município de_x000D_
 Divinópolis — TO.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_n_002-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_n_002-2023.pdf</t>
   </si>
   <si>
     <t>Implantação de 01 (um) quebra-molas/lombada, na Rua Paraná.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_n_003-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_n_003-2023.pdf</t>
   </si>
   <si>
     <t>Patrolamento e abertura de eixos na zona rural.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_n_004-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_n_004-2023.pdf</t>
   </si>
   <si>
     <t>Patrolamento nas estrada do Projeto de Assentamento (PA) Rio Prata e do Rio do Coco.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/5/requerimento_n_005-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/5/requerimento_n_005-2023.pdf</t>
   </si>
   <si>
     <t>Revitalização da Praça Leandro Adorno.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_n_006-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_n_006-2023.pdf</t>
   </si>
   <si>
     <t>Revitalização da Praça do Natal.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/7/requerimento_n_007-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/7/requerimento_n_007-2023.pdf</t>
   </si>
   <si>
     <t>Construção de bueiro de passagem para água na Estrado do Cocô, na altura da Chácara do Sr. Julinho.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_n_008-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_n_008-2023.pdf</t>
   </si>
   <si>
     <t>Estudo para orientação do transito de caminhões oriundos da cidade de Abreulândia ou que estejam em trajeto para a referida cidade.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_n_010-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_n_010-2023.pdf</t>
   </si>
   <si>
     <t>Construção de uma Praça Pública no Parque dos Buritis, próximo ao parque de exposições agropecuárias.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/10/requerimento_n_011-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/10/requerimento_n_011-2023.pdf</t>
   </si>
   <si>
     <t>Revitalização da Rodoshopping (reforma da cobertura metálica, dos banheiros masculino e feminino, iluminação e pintura).</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_n_012-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_n_012-2023.pdf</t>
   </si>
   <si>
     <t>Implantação de 1 (um) quebra-molas, na Rua 11, Quadra 09, em frente o Lote 06, Parque dos Buritis</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/12/requerimento_n_013-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/12/requerimento_n_013-2023.pdf</t>
   </si>
   <si>
     <t>Criação de um Projeto de Lei - Pão na Mesa</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, LAURA CURICA, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/13/requerimento_n_015-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/13/requerimento_n_015-2023.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo a realização de um concurso público</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/14/requerimento_n_016-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/14/requerimento_n_016-2023.pdf</t>
   </si>
   <si>
     <t>Manutenção e revisão mecânica de toda a frota do transporte escolar</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/15/requerimento_n_017-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/15/requerimento_n_017-2023.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo Municipal, que em eventos oficiais que necessite de apresentações artísticas, que seja priorizado os artistas locais.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/16/requerimento_n_018-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/16/requerimento_n_018-2023.pdf</t>
   </si>
   <si>
     <t>Recapeamento asfáltico da Avenida Divino Luiz Costa</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/17/requerimento_n_020-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/17/requerimento_n_020-2023.pdf</t>
   </si>
   <si>
     <t>Sinalização e implantação de 2 (dois) quebra-molas/lombadas, na Rua Paraná</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/18/requerimento_n_021-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/18/requerimento_n_021-2023.pdf</t>
   </si>
   <si>
     <t>Construção da sede da Prefeitura de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/19/requerimento_n_022-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/19/requerimento_n_022-2023.pdf</t>
   </si>
   <si>
     <t>Realização de estudo financeiro para oferecer reajuste salarial para categorias dos motoristas do quadro da saúde</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/38/requerimento_n_023-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/38/requerimento_n_023-2023.pdf</t>
   </si>
   <si>
     <t>Instalação de um playground na Praça do Natal</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/39/requerimento_n_024-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/39/requerimento_n_024-2023.pdf</t>
   </si>
   <si>
     <t>Manutenção da Iluminação da Avenida Divino Luiz Costa.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/40/requerimento_n_025-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/40/requerimento_n_025-2023.pdf</t>
   </si>
   <si>
     <t>Sugerir ao Exmo. Sr. Prefeito Municipal, que intervenha junto ao Governo Estadual e Federal, visando à construção de casas populares para o Município.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/41/requerimento_n_026-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/41/requerimento_n_026-2023.pdf</t>
   </si>
   <si>
     <t>Patrolamento das estradas da zona rural, referência: 1- estrada do Projeto de Assentamento (PA) Rio Prata; 2- estrada do Projeto de Assentamento (PA Consolação; 3 - estrada do Projeto de Assentamento (PA) 25 de Março; e 4 - estrada do Projeto de Assentamento (PA) Santa Adélia.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/42/requerimento_n_027-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/42/requerimento_n_027-2023.pdf</t>
   </si>
   <si>
     <t>Realização de estudo financeiro para oferecer reajuste salarial para categorias dos Agentes de Combate às Endemias (ACE) e dos Agentes Comunitários de Saúde (ACS).</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/43/requerimento_n_028-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/43/requerimento_n_028-2023.pdf</t>
   </si>
   <si>
     <t>Manutenção da Iluminação do Estádio Municipal Cabo Santos, localizado no setor Fernandinho, zona oeste da cidade.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/44/requerimento_n_029-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/44/requerimento_n_029-2023.pdf</t>
   </si>
   <si>
     <t>Construção do Muro do Centro Educacional Municipal Santa Rita de Cássia.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/211/requerimento_n_030-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/211/requerimento_n_030-2023.pdf</t>
   </si>
   <si>
     <t>Sugerir que o Executivo implemente o programa "Patrulha Maria da Penha".</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/212/requerimento_n_031-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/212/requerimento_n_031-2023.pdf</t>
   </si>
   <si>
     <t>REQUER a realização no mês de fevereiro de 2024, de uma Sessão Itinerante no Projeto de Assentamento — PA Mulher Cidadã.</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Flávio Rodrigues Silva</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_-_executivo_-_n_001-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_-_executivo_-_n_001-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n°579/2017, de 02 de janeiro de 2017, que dispõe sobre a Estrutura Organizacional do Poder Executivo do Município de Divinópolis do Tocantins e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_-_executivo_-_n_003-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_-_executivo_-_n_003-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 581/2017, de 21 de março de 2017, que dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_lei_-_executivo_-_n_006-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_lei_-_executivo_-_n_006-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Divinópolis a criar o Sistema Municipal de Segurança Alimentar e Nutricional de Divinópolis do Tocantins — SISAN com vistas em assegurar o direito humano à alimentação adequada e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_-_executivo_-_n_007-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_-_executivo_-_n_007-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 706 de 23 de dezembro de 2021, que institui o Plano Plurianual municipal para o quadriênio de 2022/2025 de governo do Município de Divinópolis do Tocantins - TO, e estabelece outras providências"</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_lei_-_executivo_-_n_008-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_lei_-_executivo_-_n_008-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei n° 725 de 29 de dezembro de 2022, que institui a Lei de Diretrizes Orçamentárias para o exercício de 2023 de governo do Município de Divinópolis do Tocantins - TO, e estabelece outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/26/projeto_de_lei_-_executivo_-_n_009-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/26/projeto_de_lei_-_executivo_-_n_009-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 726 de 29 de dezembro de 2022, que institui a Lei Orçamentária Anual do exercício de 2023 de governo do Município de Divinópolis do Tocantins -TO, e estabelece outras providências".</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/192/projeto_de_lei_-_executivo_-_n_010-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/192/projeto_de_lei_-_executivo_-_n_010-2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DOAÇÃO DE TERRENO URBANO DE PROPRIEDADE DO MUNICIPIO DE DIVINÓPOLIS DO TOCANTINS (TO) QUE ESPECIFICA E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/194/projeto_de_lei_do_executivo_n_011-2023_de_05_de_setembro_de_2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/194/projeto_de_lei_do_executivo_n_011-2023_de_05_de_setembro_de_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REPASSAR RECURSOS RECEBIDOS DA UNIÃO PARA CUMPRIMENTO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR DE QUE TRATA A EMENDA CONSTITUCIONAL 127/2022".</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/195/projeto_de_lei_municipal_n_012-2023_de_06_de_setembro_de_2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/195/projeto_de_lei_municipal_n_012-2023_de_06_de_setembro_de_2023.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE DIVINÓPOLIS DO TOCANTINS (TO) QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/196/projeto_de_lei_municipal_n_013-2023_de_06_de_setembro_de_2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/196/projeto_de_lei_municipal_n_013-2023_de_06_de_setembro_de_2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DOAÇÃO DE TERRENO URBANO DE PROPRIEDADE DO MUNICÍPIO DE DIVINÓPOLIS DO TOCANTINS (TO) QUE ESPECIFICA E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/197/projeto_de_lei_municipal_n_014_de_11_de_setembro_de_2023..pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/197/projeto_de_lei_municipal_n_014_de_11_de_setembro_de_2023..pdf</t>
   </si>
   <si>
     <t>"Altera a Lei n° 579/2017, de 02 de janeiro de 2017, que dispõe sobre a Estrutura Organizacional do Poder Executivo do Município de Divinópolis do Tocantins e dá outras providências."</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/198/projeto_de_lei_municipal_n_020-2023_de_07_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/198/projeto_de_lei_municipal_n_020-2023_de_07_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/199/projeto_de_lei_municipal_n_021-2023_de_07_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/199/projeto_de_lei_municipal_n_021-2023_de_07_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/200/projeto_de_lei_municipal_n_022-2023_de_07_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/200/projeto_de_lei_municipal_n_022-2023_de_07_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/201/projeto_de_lei_municipal_n_023-2023_de_07_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/201/projeto_de_lei_municipal_n_023-2023_de_07_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/202/projeto_de_lei_municipal_n_024-2023_de_07_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/202/projeto_de_lei_municipal_n_024-2023_de_07_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/203/projeto_de_lei_municipal_n_025-2023_de_07_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/203/projeto_de_lei_municipal_n_025-2023_de_07_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/204/projeto_de_lei_municipal_n_026-2023_de_24_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/204/projeto_de_lei_municipal_n_026-2023_de_24_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/205/projeto_de_lei_municipal_n_027-2023_de_24_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/205/projeto_de_lei_municipal_n_027-2023_de_24_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/206/projeto_de_lei_municipal_n_028-2023_de_24_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/206/projeto_de_lei_municipal_n_028-2023_de_24_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/207/projeto_de_lei_municipal_n_029-2023_de_24_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/207/projeto_de_lei_municipal_n_029-2023_de_24_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/208/projeto_de_lei_municipal_n_030-2023_de_24_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/208/projeto_de_lei_municipal_n_030-2023_de_24_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_lei_municipal_n_031-2023_de_24_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_lei_municipal_n_031-2023_de_24_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/210/projeto_de_lei_municipal_n_032-2023_de_24_de_novembrode_2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/210/projeto_de_lei_municipal_n_032-2023_de_24_de_novembrode_2023.pdf</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
-    <t>Projeto de Resolução do Legislativo</t>
+    <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Ozias Teles dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/27/projeto_de_resolucao_n_001-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/27/projeto_de_resolucao_n_001-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA DO QUADRO DE CARGOS DA CÂMARA MUNICIPAL DE DIVINÓPOLIS DO TOCANTINS — TO, PARA INCLUIR CARGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/28/parecer_-_projeto_de_resolucao_n_002-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/28/parecer_-_projeto_de_resolucao_n_002-2023.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÃO DA ESTRUTURA DO QUADRO DE CARGOS DA CÂMARA MUNICIPAL DE DIVINÓPOLIS DO TOCANTINS — TO, PARA INCLUIR CARGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_legislativo_n_001-2023.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_legislativo_n_001-2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO N°. 001/2023: "Concede a Revisão Geral Anual dos subsídios dos Vereadores, do Presidente e da remuneração dos servidores público da Câmara Municipal de Divinópolis do Tocantins."</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/193/projeto_de_lei_complementar_n_019_de_31_de_outubro_de_2023..pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/193/projeto_de_lei_complementar_n_019_de_31_de_outubro_de_2023..pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A TRANSFORMAR O LOTE RURAL N° 41-A, DO LOTEAMENTO MARIANÓPOLIS, GLEBA 07, SITO NO MUNICÍPIO DE DIVINÓPOLIS DO TOCANTINS, EM ZONA URBANA E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -909,68 +909,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/1/requerimento_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_n_002-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_n_003-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_n_004-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/5/requerimento_n_005-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_n_006-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/7/requerimento_n_007-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_n_008-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_n_010-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/10/requerimento_n_011-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_n_012-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/12/requerimento_n_013-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/13/requerimento_n_015-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/14/requerimento_n_016-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/15/requerimento_n_017-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/16/requerimento_n_018-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/17/requerimento_n_020-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/18/requerimento_n_021-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/19/requerimento_n_022-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/38/requerimento_n_023-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/39/requerimento_n_024-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/40/requerimento_n_025-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/41/requerimento_n_026-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/42/requerimento_n_027-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/43/requerimento_n_028-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/44/requerimento_n_029-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/211/requerimento_n_030-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/212/requerimento_n_031-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_-_executivo_-_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_-_executivo_-_n_003-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_lei_-_executivo_-_n_006-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_-_executivo_-_n_007-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_lei_-_executivo_-_n_008-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/26/projeto_de_lei_-_executivo_-_n_009-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/192/projeto_de_lei_-_executivo_-_n_010-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/194/projeto_de_lei_do_executivo_n_011-2023_de_05_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/195/projeto_de_lei_municipal_n_012-2023_de_06_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/196/projeto_de_lei_municipal_n_013-2023_de_06_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/197/projeto_de_lei_municipal_n_014_de_11_de_setembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/198/projeto_de_lei_municipal_n_020-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/199/projeto_de_lei_municipal_n_021-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/200/projeto_de_lei_municipal_n_022-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/201/projeto_de_lei_municipal_n_023-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/202/projeto_de_lei_municipal_n_024-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/203/projeto_de_lei_municipal_n_025-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/204/projeto_de_lei_municipal_n_026-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/205/projeto_de_lei_municipal_n_027-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/206/projeto_de_lei_municipal_n_028-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/207/projeto_de_lei_municipal_n_029-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/208/projeto_de_lei_municipal_n_030-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_lei_municipal_n_031-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/210/projeto_de_lei_municipal_n_032-2023_de_24_de_novembrode_2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/27/projeto_de_resolucao_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/28/parecer_-_projeto_de_resolucao_n_002-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_legislativo_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/193/projeto_de_lei_complementar_n_019_de_31_de_outubro_de_2023..pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/1/requerimento_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_n_002-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_n_003-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_n_004-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/5/requerimento_n_005-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_n_006-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/7/requerimento_n_007-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_n_008-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_n_010-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/10/requerimento_n_011-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_n_012-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/12/requerimento_n_013-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/13/requerimento_n_015-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/14/requerimento_n_016-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/15/requerimento_n_017-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/16/requerimento_n_018-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/17/requerimento_n_020-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/18/requerimento_n_021-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/19/requerimento_n_022-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/38/requerimento_n_023-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/39/requerimento_n_024-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/40/requerimento_n_025-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/41/requerimento_n_026-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/42/requerimento_n_027-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/43/requerimento_n_028-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/44/requerimento_n_029-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/211/requerimento_n_030-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/212/requerimento_n_031-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_-_executivo_-_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_-_executivo_-_n_003-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_lei_-_executivo_-_n_006-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_-_executivo_-_n_007-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_lei_-_executivo_-_n_008-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/26/projeto_de_lei_-_executivo_-_n_009-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/192/projeto_de_lei_-_executivo_-_n_010-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/194/projeto_de_lei_do_executivo_n_011-2023_de_05_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/195/projeto_de_lei_municipal_n_012-2023_de_06_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/196/projeto_de_lei_municipal_n_013-2023_de_06_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/197/projeto_de_lei_municipal_n_014_de_11_de_setembro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/198/projeto_de_lei_municipal_n_020-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/199/projeto_de_lei_municipal_n_021-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/200/projeto_de_lei_municipal_n_022-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/201/projeto_de_lei_municipal_n_023-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/202/projeto_de_lei_municipal_n_024-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/203/projeto_de_lei_municipal_n_025-2023_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/204/projeto_de_lei_municipal_n_026-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/205/projeto_de_lei_municipal_n_027-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/206/projeto_de_lei_municipal_n_028-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/207/projeto_de_lei_municipal_n_029-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/208/projeto_de_lei_municipal_n_030-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_lei_municipal_n_031-2023_de_24_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/210/projeto_de_lei_municipal_n_032-2023_de_24_de_novembrode_2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/27/projeto_de_resolucao_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/28/parecer_-_projeto_de_resolucao_n_002-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_legislativo_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/193/projeto_de_lei_complementar_n_019_de_31_de_outubro_de_2023..pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="169.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="151.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="151" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="249.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>