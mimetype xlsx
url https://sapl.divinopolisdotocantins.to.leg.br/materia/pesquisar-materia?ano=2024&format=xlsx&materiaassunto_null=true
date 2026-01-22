--- v0 (2025-12-06)
+++ v1 (2026-01-22)
@@ -51,66 +51,66 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>ANDRÉ BANDEIRA, IGOR BARACHO, LAURA CURICA, LUIZ MARINHO, PAULA GIL, PROFESSOR OZIAS, PROFESSOR VALDIVAN, RIVALDO, VIVIANE MARTINS</t>
+    <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/</t>
   </si>
   <si>
     <t>REQUER o Recapeamento asfáltico nas ruas da cidade de Divinópolis do Tocantins, (Ref.: Avenida Divino Luiz Costa, Rua Marcilon Martins, Avenida Boa Paz, Avenida Tancredo Neves).</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>ANDRÉ BANDEIRA, LAURA CURICA, LUIZ MARINHO, PAULA GIL, PROFESSOR OZIAS, PROFESSOR VALDIVAN, RIVALDO</t>
+    <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/59/requerimento_002-2024.pdf</t>
   </si>
   <si>
     <t>Sugestão de implantação de uma política de castração em massa dos animais soltos na rua no município de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/60/requerimento_003-2024.pdf</t>
   </si>
   <si>
     <t>Requerimento para patrolamento e cascalhamento das estradas que dão acesso ao Projeto de Assentamento (PA) Rio Prata.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>4</t>
   </si>
@@ -142,108 +142,108 @@
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/63/requerimento_006-2024.pdf</t>
   </si>
   <si>
     <t>Requerimento para patrolamento na zona rural, referência: Fazenda Novo Acordo divisa do passa três depois do Eliel.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/64/requerimento_007-2024.pdf</t>
   </si>
   <si>
     <t>Requerimento para Limpeza dos Ramais e o Cascalhamento do eixo, referência: Associação dos Pequenos Produtores União.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>ANDRÉ BANDEIRA, IGOR BARACHO, LAURA CURICA, LUIZ MARINHO, PAULA GIL, PROFESSOR OZIAS, PROFESSOR VALDIVAN, RIVALDO</t>
+    <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/65/requerimento_008-2024.pdf</t>
   </si>
   <si>
     <t>Requerimento para patrolamento da estrada que dá acesso a Fazenda Estrela Guia, referência: estrada que liga os municípios de Divinópolis a Monte Santo, mesma entrada da fazenda Uberlândia.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>ANDRÉ BANDEIRA, LAURA CURICA, LUIZ MARINHO, PAULA GIL, PROFESSOR OZIAS, PROFESSOR VALDIVAN, RIVALDO, VIVIANE MARTINS</t>
+    <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/66/requerimento_009-2024.pdf</t>
   </si>
   <si>
     <t>Requerimento para patrolamento e cascalhamento da região dos Vieiras.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/67/requerimento_010-2024.pdf</t>
   </si>
   <si>
     <t>Requerimento para manutenção da ponte, localizada no Projeto de Assentamento Toledo, Rio Prata.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>ANDRÉ BANDEIRA, LAURA CURICA, LUIZ MARINHO, PAULA GIL, PROFESSOR OZIAS, RIVALDO, VIVIANE MARTINS</t>
+    <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Viviane Martins de Abreu</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/68/requerimento_011-2024.pdf</t>
   </si>
   <si>
     <t>REQUER a manutenção dos aparelhos da academia da saúde e iluminação.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>ANDRÉ BANDEIRA, IGOR BARACHO, LAURA CURICA, LUIZ MARINHO, PAULA GIL, PROFESSOR OZIAS, RIVALDO, VIVIANE MARTINS</t>
+    <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Viviane Martins de Abreu</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/69/requerimento_012-2024.pdf</t>
   </si>
   <si>
     <t>REQUER o patrolamento e o cascalhamento da estrada do Coco.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/71/requerimento_013-2024.pdf</t>
   </si>
   <si>
     <t>REQUER a Contratação de Médico Psiquiatra para atendimento ambulatorial no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>14</t>
   </si>
@@ -323,51 +323,51 @@
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/78/requerimento_021-2024.pdf</t>
   </si>
   <si>
     <t>REQUER que seja viabilizado o reparo da iluminação do Cemitério Municipal Abdias Teles e também a inclusão de mais postes de iluminação.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/79/requerimento_022-2024.pdf</t>
   </si>
   <si>
     <t>REQUER que sejam construídas uma Pista de Cooper e uma Ciclovia no setor Fernandinho.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>ANDRÉ BANDEIRA, IGOR BARACHO, LAURA CURICA, PAULA GIL, PROFESSOR OZIAS, PROFESSOR VALDIVAN, RIVALDO, VIVIANE MARTINS</t>
+    <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LAURA CURICA, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/80/requerimento_023-2024.pdf</t>
   </si>
   <si>
     <t>REQUER a viabilização junto ao Governo do Estado a Implantação de um Sistema Interativo de Segurança por Câmeras de Vídeo no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/81/requerimento_027-2024.pdf</t>
   </si>
   <si>
     <t>REQUER a Construção de uma Casa de Idosos para atender idosos carentes e vulneráveis.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
@@ -443,63 +443,63 @@
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/52/projeto_de_lei_executivo_010-2024.pdf</t>
   </si>
   <si>
     <t>"DÁ NOVA REDAÇÃO AO ARTIGO 1° DA LEI MUNICIPAL N° 769/2024 DE 22 DE MAIO DE 2024 QUE DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO EXERCÍCIO DE 2024 E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/53/projeto_de_lei_executivo_011-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Centro de Convivência e Fortalecimento de Vínculos, localizado na avenida Codespar e dá outras providências.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução do Legislativo</t>
   </si>
   <si>
-    <t>IGOR BARACHO, LUIZ MARINHO, PAULA GIL, PROFESSOR OZIAS</t>
+    <t>Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LUIZ MARINHO, Ozias Teles dos Santos</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/82/projeto_de_resolucao_legislativo_001-2024.pdf</t>
   </si>
   <si>
     <t>"Altera a Resolução n°. 01/2023, de 15 de fevereiro de 2023, que dispõe sobre a Estrutura do Quadro do Cargos da Câmara Municipal de Divinópolis do Tocantins — TO e dá Outras Providências."</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>IGOR BARACHO, PAULA GIL, PROFESSOR OZIAS</t>
+    <t>Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, Ozias Teles dos Santos</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/83/projeto_de_resolucao_legislativo_002-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Legislativo a realizar a doação de bens móveis ao Poder Executivo."</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/84/projeto_de_resolucao_legislativo_003-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 01/2024, de 19 de fevereiro de 2024, dando nova redação ao artigo 1º e dá outras providências.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/85/projeto_de_resolucao_legislativo_002a-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a constituição da Comissão Especial com a finalidade de elaborar a Revisão Geral da Lei Orgânica do Município, do Regimento Interno e do Código de Ética da Câmara Municipal de Divinópolis do Tocantins - TO e dá outras providências.</t>
   </si>
@@ -894,51 +894,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/59/requerimento_002-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/60/requerimento_003-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/61/requerimento_004-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/62/requerimento_005-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/63/requerimento_006-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/64/requerimento_007-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/65/requerimento_008-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/66/requerimento_009-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/67/requerimento_010-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/68/requerimento_011-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/69/requerimento_012-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/71/requerimento_013-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/72/requerimento_014-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/73/requerimento_015-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/74/requerimento_016-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/75/requerimento_018-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/76/requerimento_019-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/77/requerimento_020-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/78/requerimento_021-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/79/requerimento_022-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/80/requerimento_023-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/81/requerimento_027-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/45/projeto_de_lei_executivo_002-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/37/projeto_de_lei_executivo_003-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/47/projeto_de_lei_executivo_005-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/48/projeto_de_lei_executivo_006-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/49/projeto_de_lei_executivo_007-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/50/projeto_de_lei_executivo_008-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/51/projeto_de_lei_executivo_009-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/52/projeto_de_lei_executivo_010-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/53/projeto_de_lei_executivo_011-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/82/projeto_de_resolucao_legislativo_001-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/83/projeto_de_resolucao_legislativo_002-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/84/projeto_de_resolucao_legislativo_003-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/85/projeto_de_resolucao_legislativo_002a-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/54/projeto_de_lei_legislativo_001-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/55/projeto_de_lei_legislativo_002-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/56/projeto_de_lei_legislativo_004-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/57/projeto_de_lei_legislativo_005-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/58/projeto_de_lei_legislativo_007-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="133.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="169.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="125.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="252.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>