--- v1 (2026-01-22)
+++ v2 (2026-03-11)
@@ -54,524 +54,524 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/</t>
   </si>
   <si>
     <t>REQUER o Recapeamento asfáltico nas ruas da cidade de Divinópolis do Tocantins, (Ref.: Avenida Divino Luiz Costa, Rua Marcilon Martins, Avenida Boa Paz, Avenida Tancredo Neves).</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/59/requerimento_002-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/59/requerimento_002-2024.pdf</t>
   </si>
   <si>
     <t>Sugestão de implantação de uma política de castração em massa dos animais soltos na rua no município de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/60/requerimento_003-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/60/requerimento_003-2024.pdf</t>
   </si>
   <si>
     <t>Requerimento para patrolamento e cascalhamento das estradas que dão acesso ao Projeto de Assentamento (PA) Rio Prata.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/61/requerimento_004-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/61/requerimento_004-2024.pdf</t>
   </si>
   <si>
     <t>Requerimento para patrolamento e abertura de eixos na zona rural, referência: 1- estrada do Projeto de Assentamento (PA) Santa Adélia; 2- estrada do Projeto de Assentamento (PA Consolação e 3 - estrada do Projeto de Assentamento (PA) 25 de Março.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/62/requerimento_005-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/62/requerimento_005-2024.pdf</t>
   </si>
   <si>
     <t>Requerimento para avaliação da possibilidade de realizar a Ampliação do Estádio Municipal Cabo Santos, com a construção de dois banheiros, dois_x000D_
 vestiários, com identificação de masculino e feminino, bem como, aquisição e instalação de um bebedouro para hidratação dos jogadores de futebol.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/63/requerimento_006-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/63/requerimento_006-2024.pdf</t>
   </si>
   <si>
     <t>Requerimento para patrolamento na zona rural, referência: Fazenda Novo Acordo divisa do passa três depois do Eliel.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/64/requerimento_007-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/64/requerimento_007-2024.pdf</t>
   </si>
   <si>
     <t>Requerimento para Limpeza dos Ramais e o Cascalhamento do eixo, referência: Associação dos Pequenos Produtores União.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/65/requerimento_008-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/65/requerimento_008-2024.pdf</t>
   </si>
   <si>
     <t>Requerimento para patrolamento da estrada que dá acesso a Fazenda Estrela Guia, referência: estrada que liga os municípios de Divinópolis a Monte Santo, mesma entrada da fazenda Uberlândia.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/66/requerimento_009-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/66/requerimento_009-2024.pdf</t>
   </si>
   <si>
     <t>Requerimento para patrolamento e cascalhamento da região dos Vieiras.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/67/requerimento_010-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/67/requerimento_010-2024.pdf</t>
   </si>
   <si>
     <t>Requerimento para manutenção da ponte, localizada no Projeto de Assentamento Toledo, Rio Prata.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/68/requerimento_011-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/68/requerimento_011-2024.pdf</t>
   </si>
   <si>
     <t>REQUER a manutenção dos aparelhos da academia da saúde e iluminação.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LAURA CURICA, LUIZ MARINHO, Ozias Teles dos Santos, RIVALDO, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/69/requerimento_012-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/69/requerimento_012-2024.pdf</t>
   </si>
   <si>
     <t>REQUER o patrolamento e o cascalhamento da estrada do Coco.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/71/requerimento_013-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/71/requerimento_013-2024.pdf</t>
   </si>
   <si>
     <t>REQUER a Contratação de Médico Psiquiatra para atendimento ambulatorial no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/72/requerimento_014-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/72/requerimento_014-2024.pdf</t>
   </si>
   <si>
     <t>REQUER a disponibilização de uma Sala para Atendimento Psicológico de Crianças (Psicoterapia infantil).</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/73/requerimento_015-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/73/requerimento_015-2024.pdf</t>
   </si>
   <si>
     <t>REQUER a Revitalização da Feira coberta (reforma da cobertura metálica, dos banheiros masculino e feminino, iluminação e pintura).</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/74/requerimento_016-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/74/requerimento_016-2024.pdf</t>
   </si>
   <si>
     <t>REQUER que seja enviado um Oficio solicitando a Secretaria Estadual da Infraestrutura, Cidades e Habitação que informe a esta Casa, se há possibilidade de se realizar a pavimentação asfáltica na Rua 01, Setor Sol Nascente, Rua 07, Setor Fernandinho e Rua que passa em frente a Escola_x000D_
 Municipal Isabel Carlos Wanderley paralela com a Avenida Marcilon Martins.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/75/requerimento_018-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/75/requerimento_018-2024.pdf</t>
   </si>
   <si>
     <t>REQUER a realização de um estudo visando instituir Centro de Referência Especializado de Assistência Social - CREAS.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/76/requerimento_019-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/76/requerimento_019-2024.pdf</t>
   </si>
   <si>
     <t>REQUER a realização de um estudo visando a implantação de Ambulatório de Psicologia e Psiquiatria para Atendimento ao Luto.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/77/requerimento_020-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/77/requerimento_020-2024.pdf</t>
   </si>
   <si>
     <t>REQUER que seja enviado um Oficio solicitando a Secretaria Estadual da Infraestrutura, Cidades e Habitação que informe a esta Casa, se há possibilidade de se realizar a Pavimentação Asfáltica na Rua 09, do setor Parque dos Buritis.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/78/requerimento_021-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/78/requerimento_021-2024.pdf</t>
   </si>
   <si>
     <t>REQUER que seja viabilizado o reparo da iluminação do Cemitério Municipal Abdias Teles e também a inclusão de mais postes de iluminação.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/79/requerimento_022-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/79/requerimento_022-2024.pdf</t>
   </si>
   <si>
     <t>REQUER que sejam construídas uma Pista de Cooper e uma Ciclovia no setor Fernandinho.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>ANDRÉ BANDEIRA, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LAURA CURICA, Ozias Teles dos Santos, RIVALDO, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/80/requerimento_023-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/80/requerimento_023-2024.pdf</t>
   </si>
   <si>
     <t>REQUER a viabilização junto ao Governo do Estado a Implantação de um Sistema Interativo de Segurança por Câmeras de Vídeo no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/81/requerimento_027-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/81/requerimento_027-2024.pdf</t>
   </si>
   <si>
     <t>REQUER a Construção de uma Casa de Idosos para atender idosos carentes e vulneráveis.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Flávio Rodrigues Silva</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/45/projeto_de_lei_executivo_002-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/45/projeto_de_lei_executivo_002-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 581/2017, de 21 de março de 2017, que dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da Constituição Federal e da outras providencias.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/37/projeto_de_lei_executivo_003-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/37/projeto_de_lei_executivo_003-2024.pdf</t>
   </si>
   <si>
     <t>"ALTERA PPA/LDO/LOA PARA O EXERCÍCIO FINANCEIRO DE 2024 E AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL."</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/47/projeto_de_lei_executivo_005-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/47/projeto_de_lei_executivo_005-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Serviço de Inspeção Municipal de Produtos de Origem Animal (SIM/POA).</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/48/projeto_de_lei_executivo_006-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/48/projeto_de_lei_executivo_006-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação da ouvidoria do Município de Divinópolis do Tocantins — TO e dá outras providências."</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/49/projeto_de_lei_executivo_007-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/49/projeto_de_lei_executivo_007-2024.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA AUXÍLIO FINANCEIRO AO SINDICATO RURAL DE DIVINÓPOLIS DO TOCANTINS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/50/projeto_de_lei_executivo_008-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/50/projeto_de_lei_executivo_008-2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO EXERCÍCIO DE 2024 E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/51/projeto_de_lei_executivo_009-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/51/projeto_de_lei_executivo_009-2024.pdf</t>
   </si>
   <si>
     <t>"DÁ NOVA REDAÇÃO AO ARTIGO 1° DA LEI MUNICIPAL N° 768/2024 DE 17 DE MAIO DE 2024 QUE DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO EXERCÍCIO DE 2024 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/52/projeto_de_lei_executivo_010-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/52/projeto_de_lei_executivo_010-2024.pdf</t>
   </si>
   <si>
     <t>"DÁ NOVA REDAÇÃO AO ARTIGO 1° DA LEI MUNICIPAL N° 769/2024 DE 22 DE MAIO DE 2024 QUE DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO EXERCÍCIO DE 2024 E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/53/projeto_de_lei_executivo_011-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/53/projeto_de_lei_executivo_011-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Centro de Convivência e Fortalecimento de Vínculos, localizado na avenida Codespar e dá outras providências.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
-    <t>Projeto de Resolução do Legislativo</t>
+    <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, LUIZ MARINHO, Ozias Teles dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/82/projeto_de_resolucao_legislativo_001-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/82/projeto_de_resolucao_legislativo_001-2024.pdf</t>
   </si>
   <si>
     <t>"Altera a Resolução n°. 01/2023, de 15 de fevereiro de 2023, que dispõe sobre a Estrutura do Quadro do Cargos da Câmara Municipal de Divinópolis do Tocantins — TO e dá Outras Providências."</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, Ozias Teles dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/83/projeto_de_resolucao_legislativo_002-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/83/projeto_de_resolucao_legislativo_002-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Legislativo a realizar a doação de bens móveis ao Poder Executivo."</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/84/projeto_de_resolucao_legislativo_003-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/84/projeto_de_resolucao_legislativo_003-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 01/2024, de 19 de fevereiro de 2024, dando nova redação ao artigo 1º e dá outras providências.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/85/projeto_de_resolucao_legislativo_002a-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/85/projeto_de_resolucao_legislativo_002a-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a constituição da Comissão Especial com a finalidade de elaborar a Revisão Geral da Lei Orgânica do Município, do Regimento Interno e do Código de Ética da Câmara Municipal de Divinópolis do Tocantins - TO e dá outras providências.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/54/projeto_de_lei_legislativo_001-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/54/projeto_de_lei_legislativo_001-2024.pdf</t>
   </si>
   <si>
     <t>"Concede a Revisão Geral Anual dos subsídios dos Vereadores, do Presidente e da remuneração dos servidores público da Câmara Municipal de Divinópolis do Tocantins."</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/55/projeto_de_lei_legislativo_002-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/55/projeto_de_lei_legislativo_002-2024.pdf</t>
   </si>
   <si>
     <t>Cria campanha permanente Semana Azul, sobre a conscientização da inclusão das pessoas com Transtorno do Especto Autista e deficiências múltiplas na rede de ensino.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/56/projeto_de_lei_legislativo_004-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/56/projeto_de_lei_legislativo_004-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade de atendimento prioritário aos portadores de fibromialgia e a inclusão do símbolo mundial da fibromialgia nas placas ou avisos de atendimento prioritário Município de Divinópolis do Tocantins."</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/57/projeto_de_lei_legislativo_005-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/57/projeto_de_lei_legislativo_005-2024.pdf</t>
   </si>
   <si>
     <t>"Obriga os estabelecimentos públicos e privados a colocarem nas placas de aviso de atendimento prioritário o símbolo Mundial de Transtorno do Espectro Autista - TEA e o símbolo de Doador de Sangue, e dá outras providências."</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/58/projeto_de_lei_legislativo_007-2024.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/58/projeto_de_lei_legislativo_007-2024.pdf</t>
   </si>
   <si>
     <t>"Institui e Oficializa o Hino Oficial do Município de Divinópolis do Tocantins — TO, e dá outras providências."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -878,68 +878,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/59/requerimento_002-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/60/requerimento_003-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/61/requerimento_004-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/62/requerimento_005-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/63/requerimento_006-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/64/requerimento_007-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/65/requerimento_008-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/66/requerimento_009-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/67/requerimento_010-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/68/requerimento_011-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/69/requerimento_012-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/71/requerimento_013-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/72/requerimento_014-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/73/requerimento_015-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/74/requerimento_016-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/75/requerimento_018-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/76/requerimento_019-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/77/requerimento_020-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/78/requerimento_021-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/79/requerimento_022-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/80/requerimento_023-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/81/requerimento_027-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/45/projeto_de_lei_executivo_002-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/37/projeto_de_lei_executivo_003-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/47/projeto_de_lei_executivo_005-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/48/projeto_de_lei_executivo_006-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/49/projeto_de_lei_executivo_007-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/50/projeto_de_lei_executivo_008-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/51/projeto_de_lei_executivo_009-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/52/projeto_de_lei_executivo_010-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/53/projeto_de_lei_executivo_011-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/82/projeto_de_resolucao_legislativo_001-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/83/projeto_de_resolucao_legislativo_002-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/84/projeto_de_resolucao_legislativo_003-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/85/projeto_de_resolucao_legislativo_002a-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/54/projeto_de_lei_legislativo_001-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/55/projeto_de_lei_legislativo_002-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/56/projeto_de_lei_legislativo_004-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/57/projeto_de_lei_legislativo_005-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/58/projeto_de_lei_legislativo_007-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/59/requerimento_002-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/60/requerimento_003-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/61/requerimento_004-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/62/requerimento_005-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/63/requerimento_006-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/64/requerimento_007-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/65/requerimento_008-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/66/requerimento_009-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/67/requerimento_010-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/68/requerimento_011-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/69/requerimento_012-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/71/requerimento_013-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/72/requerimento_014-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/73/requerimento_015-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/74/requerimento_016-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/75/requerimento_018-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/76/requerimento_019-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/77/requerimento_020-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/78/requerimento_021-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/79/requerimento_022-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/80/requerimento_023-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/81/requerimento_027-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/45/projeto_de_lei_executivo_002-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/37/projeto_de_lei_executivo_003-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/47/projeto_de_lei_executivo_005-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/48/projeto_de_lei_executivo_006-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/49/projeto_de_lei_executivo_007-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/50/projeto_de_lei_executivo_008-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/51/projeto_de_lei_executivo_009-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/52/projeto_de_lei_executivo_010-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/53/projeto_de_lei_executivo_011-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/82/projeto_de_resolucao_legislativo_001-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/83/projeto_de_resolucao_legislativo_002-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/84/projeto_de_resolucao_legislativo_003-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/85/projeto_de_resolucao_legislativo_002a-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/54/projeto_de_lei_legislativo_001-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/55/projeto_de_lei_legislativo_002-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/56/projeto_de_lei_legislativo_004-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/57/projeto_de_lei_legislativo_005-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/58/projeto_de_lei_legislativo_007-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="169.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="252.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>