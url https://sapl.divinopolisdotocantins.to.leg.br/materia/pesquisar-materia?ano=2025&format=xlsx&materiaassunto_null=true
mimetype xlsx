--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -51,408 +51,408 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>PAULA GIL</t>
+    <t>Domingas Parente Gil de Sousa</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/356/requerimento_n_001-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação para a realização do serviço de patrolamento da estrada do Rio do Prata.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/355/requerimento_n_002-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação para a realização do patrolamento da estrada do Rio do Coco.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>ARNOR AIRES, PAULA GIL</t>
+    <t>Arnor Aires Marinho, Domingas Parente Gil de Sousa</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/354/requerimento_n_003-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação para a realização do patrolamento e cascalhamento da estrada do grotão.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/353/requerimento_n_004-2025.pdf</t>
   </si>
   <si>
     <t>Solicitar que seja endereçado ao Poder Executivo solicitação de criação da casa do autista e neurodivergente no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>ARNOR AIRES, IGOR BARACHO, JORGE DIAS, PAULA GIL, PROFESSORA ÂNGELA, PROFESSOR OZIAS, PROFESSOR VALDIVAN, VIVIANE MARTINS, ZÉ ANTONIO</t>
+    <t>Angela Maria Matos Rodrigues Botelho, Arnor Aires Marinho, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, Jorge Dias Paes, Jose Antonio Lima dos Reis, Ozias Teles dos Santos, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/352/requerimento_n_005-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo a análise e viabilidade para a construção de uma casa de velório no município.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/351/requerimento_n_006-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de implantação do abrigo dos idosos de Divinópolis do Tocantins, um serviço de acolhimento voltado para proporcionar qualidade de vida integral às pessoas idosas e desamparadas, em consonância com os princípios da política pública de assistência social e o estatuto do idoso.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>PROFESSORA ÂNGELA</t>
+    <t>Angela Maria Matos Rodrigues Botelho</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/350/requerimento_n_007-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de implementação de compra escalonada de produtos da feira municipal, com o objetivo de garantir que os feirantes residentes no município não retornem para casa sem vender pelo menos parte de seus produtos.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/349/requerimento_n_008-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de realização de concursos públicos para as áreas de educação, saúde e quadro geral em regime de urgência, bem como a instituição dos planos de carreira para os servidores da saúde e do quadro geral.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/348/requerimento_n_009-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de realização de melhorias urgentes na malha asfáltica de Divinópolis, incluindo recapeamento de qualidade, asfaltamento dos logradouros ainda não pavimentados e implementação de sistemas de drenagem onde necessário.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>IGOR BARACHO</t>
+    <t>Igor Carvalho dos Santos</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/347/requerimento_n_010-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação da revitalização da rua Marcilon Martins, em razão doestado crítico em que se encontra o pavimento asfáltico.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>ARNOR AIRES</t>
+    <t>Arnor Aires Marinho</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/346/requerimento_n_011-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de implementação de coleta de lixo uma vez por semana no parque industrial da cidade de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/345/requerimento_n_012-2025.pdf</t>
   </si>
   <si>
     <t>Solicitar que seja endereçado ao Poder Executivo solicitação de instalação de cerca de 80 metros de manilhas entre o parque industrial e a rodovia para minimizar erosões.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_n_013-2025.pdf</t>
   </si>
   <si>
     <t>Solicitar que seja endereçado ao Poder Executivo solicitação de gestão junto à AGETO para instalação de quebra-molas na TO-080, próximo à entrada do parque industrial.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>ZÉ ANTONIO</t>
+    <t>Jose Antonio Lima dos Reis</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_n_014-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de implementação de sinalização vertical e horizontal no local onde foi construído um quebra-mola na rua 11, setor fernandinho.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_n_015-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de realização de serviços de tapa buracos na rua 08, setor fernandinho, em frente à residência do senhor Cleiton.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>PROFESSOR OZIAS</t>
+    <t>Ozias Teles dos Santos</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_n_018-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação da revitalização da rua 13 de maio, especialmente no cruzamento com a rua Candida de Freitas, no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/340/requerimento_n_019-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação da revitalização da rua Crispiniano Vanderlei, no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>JORGE DIAS</t>
+    <t>Jorge Dias Paes</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/339/requerimento_n_020-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de análise e possível implementação de medidas que visem ao aumento salarial dos garis, bem como a concessão de uma gratificação ou benefício adicional, como a concessão de uma gratificação ou benefício adicional, como a entrega de cestas básicas, especialmente para aqueles que atuam diretamente na coleta de lixo.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/338/requerimento_n_021-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de disponibilização de informações sobre as áreas públicas municipais que se encontram sob o patrimônio do município para posterior análise de eventuais doações pelo poder legislativo.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/337/requerimento_n_022-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de reajuste da remuneração dos motoristas para R$ 2.300,00 e recomposição das perdas inflacionárias dos servidores municipais.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/336/requerimento_n_023-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de aquisição e instalação de containers de lixo para atender tanto a população urbana quanto a zona rural de nosso município, facilitando e melhorando o serviço de coleta de resíduos.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>VIVIANE MARTINS</t>
+    <t>Viviane Martins de Abreu</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/335/requerimento_n_024-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de criação do programa "Divinópolis Habilitada" para custeio das despesas decorrentes da obtenção de carteira nacional de habilitação (CNH) dos munícipes residentes no município.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/334/requerimento_n_025-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de encascalhamento e patrolamento da rota de transporte escolar do P.A Palmeirinha.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>PROFESSOR VALDIVAN</t>
+    <t>Valdivan Alves da Silva</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/333/requerimento_n_026-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de encascalhamento e patrolamento da rota do piedade.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/332/requerimento_n_027-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de contratação de médico pediatra para atender as crianças do município, bem como a disponibilização de um médico psiquiatra para atendimentos quinzenais, visando atender a população que sofre com transtornos emocionais, como ansiedade, depressão e outro.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/331/requerimento_n_028-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de promoção de força-tarefa para limpeza da cidade e medidas de fiscalização e apoio à população quanto aos cuidados em lotes e imóveis urbanos.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/330/requerimento_n_030-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de construção de 3 quebra-molas sendo um em frente à entrada da fazenda Boa Paz, outro em frente ao lava jato do Batista e o terceiro abaixo da residência do senhor Zé Buxinho.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>ARNOR AIRES, JORGE DIAS, PROFESSORA ÂNGELA, PROFESSOR OZIAS, PROFESSOR VALDIVAN</t>
+    <t>Angela Maria Matos Rodrigues Botelho, Arnor Aires Marinho, Jorge Dias Paes, Ozias Teles dos Santos, Valdivan Alves da Silva</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/329/requerimento_n_031-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de informações e providências sobre as estradas da região da Maria de Jesus, passando pelo senhor hermeto, até a estrada da anta-russa.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/328/requerimento_n_032-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de providências para melhoria das estradas nas regiões dos quirinos e dos vieiras.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>33</t>
   </si>
@@ -567,51 +567,51 @@
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_n_042-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de criação e concessão de vale-alimentação no valor de R$ 400,00 para todos os servidores públicos municipais que percebem 1 (um) salário mínimo e de R$ 1.518,00 para os que recebem até 2 (dois) salários mínimos.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/317/requerimento_n_043-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de que os pedidos de reajuste salarial de servidores públicos sejam encaminhados em conjunto, contendo a relação integral da folha de pagamento, e que seja garantida anualmente a atualização dos vencimentos com, no mínimo, a correção da inflação oficial.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>ARNOR AIRES, IGOR BARACHO, JORGE DIAS, PAULA GIL, PROFESSORA ÂNGELA, PROFESSOR OZIAS, PROFESSOR VALDIVAN, RAIMUNDO RODRIGUES, ZÉ ANTONIO</t>
+    <t>Angela Maria Matos Rodrigues Botelho, Arnor Aires Marinho, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, Jorge Dias Paes, Jose Antonio Lima dos Reis, Ozias Teles dos Santos, RAIMUNDO RODRIGUES, Valdivan Alves da Silva</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/316/requerimento_n_044-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de realização de reforma geral na escola municipal José de Ribamar, abrangendo telhado, pintura, limpeza da granitina, reforma dos banheiros, entre outras melhorias estruturais.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/315/requerimento_n_045-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de que sejam providenciadas cadeiras e mesas adequadas para as crianças da pré-escola, a fim de garantir condições dignas para a realização de suas refeições e atividades escolares.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>46</t>
   </si>
@@ -702,51 +702,51 @@
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/307/requerimento_n_053-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de que seja viabilizada a construção de três (03) mata-burros nas imediações da fazenda bom jardim, sentido ao povoado martim dias, seguindo as margens do rio caíapo.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/306/requerimento_n_054-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de que seja realizado serviço de patrolamento das estradas vicinais que atendem à região do PA Santa Júlia, assentamento mulher cidadã e demais comunidades do entorno.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>IGOR BARACHO, PROFESSOR OZIAS, PROFESSOR VALDIVAN, ZÉ ANTONIO</t>
+    <t>Igor Carvalho dos Santos, Jose Antonio Lima dos Reis, Ozias Teles dos Santos, Valdivan Alves da Silva</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/305/requerimento_n_055-2025.pdf</t>
   </si>
   <si>
     <t>Solicitar a autorização plenária para transferência do local das sessões ordinárias do mês de maio de 2025.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/304/requerimento_n_056-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação da reforma da praça localizada no setor fernandinho, situada em frente à escola municipal Isabel Carlos Wanderley.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>57</t>
   </si>
@@ -852,51 +852,51 @@
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/295/requerimento_n_065-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de encascalhamento da rua L06, no setor aeroporto, especificamente na via onde se localiza a residência da senhora Roberta Dias.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/294/requerimento_n_066-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de contratação ou redesignação de uma servidora pública municipal para exercer, de forma contínua, a função de secretária administrativa do conselho tutelar do município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>ARNOR AIRES, IGOR BARACHO, JORGE DIAS, PAULA GIL, PROFESSORA ÂNGELA, PROFESSOR OZIAS, RAIMUNDO RODRIGUES, ZÉ ANTONIO</t>
+    <t>Angela Maria Matos Rodrigues Botelho, Arnor Aires Marinho, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, Jorge Dias Paes, Jose Antonio Lima dos Reis, Ozias Teles dos Santos, RAIMUNDO RODRIGUES</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/293/requerimento_n_067-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de que seja construído um redutor de velocidade (quebra-molas) e implantada faixa de pedestre na rua Isabel Dias Moraes, em frente ao centro educacional Santa Rita de Cássia (CEM).</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_n_068-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de implantação de rede de iluminação pública no parque industrial do município.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>69</t>
   </si>
@@ -2767,51 +2767,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/356/requerimento_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/355/requerimento_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/354/requerimento_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/353/requerimento_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/352/requerimento_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/351/requerimento_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/350/requerimento_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/349/requerimento_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/348/requerimento_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/347/requerimento_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/346/requerimento_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/345/requerimento_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/340/requerimento_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/339/requerimento_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/338/requerimento_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/337/requerimento_n_022-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/336/requerimento_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/335/requerimento_n_024-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/334/requerimento_n_025-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/333/requerimento_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/332/requerimento_n_027-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/331/requerimento_n_028-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/330/requerimento_n_030-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/329/requerimento_n_031-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/328/requerimento_n_032-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/327/requerimento_n_033-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/326/requerimento_n_034-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/325/requerimento_n_035-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/324/requerimento_n_036-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/323/requerimento_n_037-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/322/requerimento_n_038-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/321/requerimento_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/320/requerimento_n_040-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/319/requerimento_n_041-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_n_042-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/317/requerimento_n_043-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/316/requerimento_n_044-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/315/requerimento_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/314/requerimento_n_046-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/313/requerimento_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/311/requerimento_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/310/requerimento_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/309/requerimento_n_051-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/308/requerimento_n_052-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/307/requerimento_n_053-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/306/requerimento_n_054-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/305/requerimento_n_055-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/304/requerimento_n_056-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/303/requerimento_n_057-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/302/requerimento_n_058-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_n_059-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_n_060-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_n_061-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_n_062-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/297/requerimento_n_063-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_n_064-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/295/requerimento_n_065-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/294/requerimento_n_066-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/293/requerimento_n_067-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_n_068-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/291/requerimento_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/290/requerimento_n_070-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/289/requerimento_n_071-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/288/requerimento_n_072-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/287/requerimento_n_073-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/372/requerimento_n_074-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/286/requerimento_n_075-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/285/requerimento_n_076-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/284/requerimento_n_077-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/283/requerimento_n_078-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/282/requerimento_n_079-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/281/requerimento_n_080-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/373/requerimento_n_081-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/280/requerimento_n_085-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/279/requerimento_n_086-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/278/requerimento_n_087-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/277/requerimento_n_091-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/378/requerimento_n_92-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/379/requerimento_n_93-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/380/requerimento_n_94-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/381/requerimento_n_95-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_n_96-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/383/requerimento_n_97-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/384/requerimento_n_98-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_n_99-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/386/requerimento_n_100-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/387/requerimento_n_101-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/388/requerimento_n_103-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/389/requerimento_n_104-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_n_106-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/392/requerimento_n_107-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/401/requerimento_n_110-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/402/requerimento_n_111-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/403/requerimento_n_112-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/404/requerimento_n_113-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/405/requerimento_n_114-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/406/requerimento_n_115-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/407/requerimento_n_116-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/408/requerimento_n_117-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_n_118-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_n_119-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/264/projeto_de_lei_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/363/projeto_de_lei_municipal_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/266/projeto_de_lei_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/362/projeto_de_lei_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei_municipal_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/370/projeto_de_lei_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_de_lei_municipal_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/374/projeto_de_lei_municipal_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/366/projeto_de_lei_municipal_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/367/projeto_de_lei_municipal_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/368/projeto_de_lei_municipal_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_lei_municipal_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/394/projeto_de_lei_do_executivo_n_022-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/395/projeto_de_lei_n_023_de_22_de_setembro_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/396/projeto_de_lei_do_executivo_n_024-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/270/ilovepdf_merged_2.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_resolucao__n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_resolucao__n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_resolucao__n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/393/projeto_de_resolucao_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_de_lei_do_legislativo_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/358/projeto_de_lei_do_legislativo_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/359/projeto_de_lei_do_legislativo_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/360/projeto_de_lei_do_legislativo_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/361/projeto_de_lei_do_legislativo_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_de_lei_do_legislativo_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/276/parecer_de_comissao.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/272/parecer_de_comissao_2.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/456/parecer_comissao_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/274/parecer_de_comissao_4.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/273/parecer_de_comissao_3.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/275/parecer_de_comissao_5.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/447/parecer_comissao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/448/parecer_comissao_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/449/parecer_comissao.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/450/parecer_comissao_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/451/parecer_comissao_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/452/parecer_comissao_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/453/parecer_comissao...pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/454/parecer_comissao_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/455/parecer_comissao_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/457/parecer_comissao_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/458/parecer_comissao_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/459/parecer_comissao_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/460/parecer_comissao_n_025-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/461/parecer_comissao_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/462/parecer_comissao_n_027-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/463/parecer_comissao_n_028-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/464/parecer_comissao_n_029-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/465/parecer_comissao_n_030-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/466/parecer_comissao_n_031-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/375/mocao_de_pesar_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/400/pedido_de_providencia_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/399/pedido_de_providencia_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/376/pedido_de_providencia_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/377/pedido_de_providencia_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/398/pedido_de_providencia_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/411/mocao_de_aplausos_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/412/mocao_de_aplausos_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/413/mocao_de_aplausos_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/414/mocao_de_aplausos_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/415/mocao_de_aplausos_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/416/parecer_comissao_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/417/mocao_de_aplausos_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/418/mocao_de_aplausos_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/419/mocao_de_aplausos_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/420/mocao_de_aplausos_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/421/mocao_de_aplausos_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/422/mocao_de_aplausos_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/423/mocao_de_aplausos_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/424/mocao_de_aplausos_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/425/mocao_de_aplausos_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/426/mocao_de_aplausos_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/427/mocao_de_aplausos_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/428/mocao_de_aplausos_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/429/mocao_de_aplausos_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/430/mocao_de_aplausos_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/431/mocao_de_aplausos_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/432/mocao_de_aplausos_n_022-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/433/mocao_de_aplausos_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/434/mocao_de_aplausos_n_024-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/435/mocao_de_aplausos_n_025-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/436/mocao_de_aplausos_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/437/mocao_de_aplausos_n_043-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/438/mocao_de_aplausos_n_044-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/439/mocao_de_aplausos_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/440/mocao_de_aplausos_n_046-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/441/mocao_de_aplausos_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/442/mocao_de_aplausos_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/443/mocao_de_aplausos_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/444/mocao_de_aplausos_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/445/mocao_de_aplausos_n_051-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/446/mocao_de_aplausos_n_053-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H215"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="140.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="209.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="130.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>