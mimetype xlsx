--- v1 (2026-01-23)
+++ v2 (2026-03-11)
@@ -10,2441 +10,2492 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1720" uniqueCount="798">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1776" uniqueCount="815">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Domingas Parente Gil de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/356/requerimento_n_001-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/356/requerimento_n_001-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação para a realização do serviço de patrolamento da estrada do Rio do Prata.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/355/requerimento_n_002-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/355/requerimento_n_002-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação para a realização do patrolamento da estrada do Rio do Coco.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Arnor Aires Marinho, Domingas Parente Gil de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/354/requerimento_n_003-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/354/requerimento_n_003-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação para a realização do patrolamento e cascalhamento da estrada do grotão.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/353/requerimento_n_004-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/353/requerimento_n_004-2025.pdf</t>
   </si>
   <si>
     <t>Solicitar que seja endereçado ao Poder Executivo solicitação de criação da casa do autista e neurodivergente no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Angela Maria Matos Rodrigues Botelho, Arnor Aires Marinho, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, Jorge Dias Paes, Jose Antonio Lima dos Reis, Ozias Teles dos Santos, Valdivan Alves da Silva, Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/352/requerimento_n_005-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/352/requerimento_n_005-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo a análise e viabilidade para a construção de uma casa de velório no município.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/351/requerimento_n_006-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/351/requerimento_n_006-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de implantação do abrigo dos idosos de Divinópolis do Tocantins, um serviço de acolhimento voltado para proporcionar qualidade de vida integral às pessoas idosas e desamparadas, em consonância com os princípios da política pública de assistência social e o estatuto do idoso.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Angela Maria Matos Rodrigues Botelho</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/350/requerimento_n_007-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/350/requerimento_n_007-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de implementação de compra escalonada de produtos da feira municipal, com o objetivo de garantir que os feirantes residentes no município não retornem para casa sem vender pelo menos parte de seus produtos.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/349/requerimento_n_008-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/349/requerimento_n_008-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de realização de concursos públicos para as áreas de educação, saúde e quadro geral em regime de urgência, bem como a instituição dos planos de carreira para os servidores da saúde e do quadro geral.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/348/requerimento_n_009-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/348/requerimento_n_009-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de realização de melhorias urgentes na malha asfáltica de Divinópolis, incluindo recapeamento de qualidade, asfaltamento dos logradouros ainda não pavimentados e implementação de sistemas de drenagem onde necessário.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Igor Carvalho dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/347/requerimento_n_010-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/347/requerimento_n_010-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação da revitalização da rua Marcilon Martins, em razão doestado crítico em que se encontra o pavimento asfáltico.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Arnor Aires Marinho</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/346/requerimento_n_011-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/346/requerimento_n_011-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de implementação de coleta de lixo uma vez por semana no parque industrial da cidade de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/345/requerimento_n_012-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/345/requerimento_n_012-2025.pdf</t>
   </si>
   <si>
     <t>Solicitar que seja endereçado ao Poder Executivo solicitação de instalação de cerca de 80 metros de manilhas entre o parque industrial e a rodovia para minimizar erosões.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_n_013-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_n_013-2025.pdf</t>
   </si>
   <si>
     <t>Solicitar que seja endereçado ao Poder Executivo solicitação de gestão junto à AGETO para instalação de quebra-molas na TO-080, próximo à entrada do parque industrial.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Jose Antonio Lima dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_n_014-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_n_014-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de implementação de sinalização vertical e horizontal no local onde foi construído um quebra-mola na rua 11, setor fernandinho.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_n_015-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_n_015-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de realização de serviços de tapa buracos na rua 08, setor fernandinho, em frente à residência do senhor Cleiton.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Ozias Teles dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_n_018-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_n_018-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação da revitalização da rua 13 de maio, especialmente no cruzamento com a rua Candida de Freitas, no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/340/requerimento_n_019-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/340/requerimento_n_019-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação da revitalização da rua Crispiniano Vanderlei, no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Jorge Dias Paes</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/339/requerimento_n_020-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/339/requerimento_n_020-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de análise e possível implementação de medidas que visem ao aumento salarial dos garis, bem como a concessão de uma gratificação ou benefício adicional, como a concessão de uma gratificação ou benefício adicional, como a entrega de cestas básicas, especialmente para aqueles que atuam diretamente na coleta de lixo.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/338/requerimento_n_021-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/338/requerimento_n_021-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de disponibilização de informações sobre as áreas públicas municipais que se encontram sob o patrimônio do município para posterior análise de eventuais doações pelo poder legislativo.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/337/requerimento_n_022-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/337/requerimento_n_022-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de reajuste da remuneração dos motoristas para R$ 2.300,00 e recomposição das perdas inflacionárias dos servidores municipais.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/336/requerimento_n_023-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/336/requerimento_n_023-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de aquisição e instalação de containers de lixo para atender tanto a população urbana quanto a zona rural de nosso município, facilitando e melhorando o serviço de coleta de resíduos.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Viviane Martins de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/335/requerimento_n_024-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/335/requerimento_n_024-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de criação do programa "Divinópolis Habilitada" para custeio das despesas decorrentes da obtenção de carteira nacional de habilitação (CNH) dos munícipes residentes no município.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/334/requerimento_n_025-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/334/requerimento_n_025-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de encascalhamento e patrolamento da rota de transporte escolar do P.A Palmeirinha.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Valdivan Alves da Silva</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/333/requerimento_n_026-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/333/requerimento_n_026-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de encascalhamento e patrolamento da rota do piedade.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/332/requerimento_n_027-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/332/requerimento_n_027-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de contratação de médico pediatra para atender as crianças do município, bem como a disponibilização de um médico psiquiatra para atendimentos quinzenais, visando atender a população que sofre com transtornos emocionais, como ansiedade, depressão e outro.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/331/requerimento_n_028-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/331/requerimento_n_028-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de promoção de força-tarefa para limpeza da cidade e medidas de fiscalização e apoio à população quanto aos cuidados em lotes e imóveis urbanos.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/330/requerimento_n_030-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/330/requerimento_n_030-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de construção de 3 quebra-molas sendo um em frente à entrada da fazenda Boa Paz, outro em frente ao lava jato do Batista e o terceiro abaixo da residência do senhor Zé Buxinho.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Angela Maria Matos Rodrigues Botelho, Arnor Aires Marinho, Jorge Dias Paes, Ozias Teles dos Santos, Valdivan Alves da Silva</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/329/requerimento_n_031-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/329/requerimento_n_031-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de informações e providências sobre as estradas da região da Maria de Jesus, passando pelo senhor hermeto, até a estrada da anta-russa.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/328/requerimento_n_032-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/328/requerimento_n_032-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de providências para melhoria das estradas nas regiões dos quirinos e dos vieiras.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/327/requerimento_n_033-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/327/requerimento_n_033-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de implementação de um pet park com clínica veterinária no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/326/requerimento_n_034-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/326/requerimento_n_034-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de construção de um bueiro na estrada vicinal da rota anta-russa, localizada entre a fazenda JR e a fazenda Bela Luna, no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/325/requerimento_n_035-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/325/requerimento_n_035-2025.pdf</t>
   </si>
   <si>
     <t>Solicitar a autorização plenária para transferência do local das sessões ordinárias do mês de abril de 2025.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/324/requerimento_n_036-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/324/requerimento_n_036-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de uniformes completos para guardas, vigilantes e porteiros das escolas municipais visando a identificação destes.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/323/requerimento_n_037-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/323/requerimento_n_037-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de implementação de um projeto de identificação com placas e numeração das ruas e domicílios em todo o município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/322/requerimento_n_038-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/322/requerimento_n_038-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de informações detalhadas sobre o processo de regularização fundiária dos imóveis e se há convênio do município com o NUPREF do Tribunal de Justiça do Estado do Tocantins.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/321/requerimento_n_039-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/321/requerimento_n_039-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de análise e implantação de mão única nas vias públicas Rua Araguaia, Rua 13 de maio, Rua Tiradentes, Rua 7 de setembro e Rua Bahia, localizadas no centro de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/320/requerimento_n_040-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/320/requerimento_n_040-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de sinalização horizontal e vertical nas portas das escolas municipais, estaduais e creches sinalizando o local de estacionamento dos ônibus.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/319/requerimento_n_041-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/319/requerimento_n_041-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de realização de recapeamento na rua treze de maio, no trecho compreendido entre a pax mundial até a esquina da casa do senhor Arnaldo.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_n_042-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_n_042-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de criação e concessão de vale-alimentação no valor de R$ 400,00 para todos os servidores públicos municipais que percebem 1 (um) salário mínimo e de R$ 1.518,00 para os que recebem até 2 (dois) salários mínimos.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/317/requerimento_n_043-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/317/requerimento_n_043-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de que os pedidos de reajuste salarial de servidores públicos sejam encaminhados em conjunto, contendo a relação integral da folha de pagamento, e que seja garantida anualmente a atualização dos vencimentos com, no mínimo, a correção da inflação oficial.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Angela Maria Matos Rodrigues Botelho, Arnor Aires Marinho, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, Jorge Dias Paes, Jose Antonio Lima dos Reis, Ozias Teles dos Santos, RAIMUNDO RODRIGUES, Valdivan Alves da Silva</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/316/requerimento_n_044-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/316/requerimento_n_044-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de realização de reforma geral na escola municipal José de Ribamar, abrangendo telhado, pintura, limpeza da granitina, reforma dos banheiros, entre outras melhorias estruturais.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/315/requerimento_n_045-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/315/requerimento_n_045-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de que sejam providenciadas cadeiras e mesas adequadas para as crianças da pré-escola, a fim de garantir condições dignas para a realização de suas refeições e atividades escolares.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/314/requerimento_n_046-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/314/requerimento_n_046-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação que seja construída uma nova área de lazer com parque infantil em outra praça da cidade, com estrutura adequada para atender às crianças, visando desafogar a atual praça central, que é a única com brinquedos disponíveis no município.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/313/requerimento_n_047-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/313/requerimento_n_047-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja encaminhado ofício ao Poder Executivo solicitação de que sejam iniciados os procedimentos legais e administrativos necessários para a municipalização do trânsito de Divinópolis do Tocantins, junto ao Departamento Estadual de Trânsito do Tocantins (DETRAN/TO).</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_n_048-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_n_048-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de construção de casas populares no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/311/requerimento_n_049-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/311/requerimento_n_049-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação da construção de uma creche municipal no setor fernandinho, em Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/310/requerimento_n_050-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/310/requerimento_n_050-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação para que sejam adotadas as providências necessárias para a aquisição de ônibus escolares novos.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/309/requerimento_n_051-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/309/requerimento_n_051-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação que seja incluída no planejamento de obras do município a construção de uma praça pública no setor sol nascente, em Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/308/requerimento_n_052-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/308/requerimento_n_052-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação para que seja firmado convênio com o Instituto Federal do Tocantins (IFTO) para a oferta de cursos gratuitos de qualificação profissional e técnica no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/307/requerimento_n_053-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/307/requerimento_n_053-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de que seja viabilizada a construção de três (03) mata-burros nas imediações da fazenda bom jardim, sentido ao povoado martim dias, seguindo as margens do rio caíapo.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/306/requerimento_n_054-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/306/requerimento_n_054-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de que seja realizado serviço de patrolamento das estradas vicinais que atendem à região do PA Santa Júlia, assentamento mulher cidadã e demais comunidades do entorno.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Igor Carvalho dos Santos, Jose Antonio Lima dos Reis, Ozias Teles dos Santos, Valdivan Alves da Silva</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/305/requerimento_n_055-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/305/requerimento_n_055-2025.pdf</t>
   </si>
   <si>
     <t>Solicitar a autorização plenária para transferência do local das sessões ordinárias do mês de maio de 2025.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/304/requerimento_n_056-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/304/requerimento_n_056-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação da reforma da praça localizada no setor fernandinho, situada em frente à escola municipal Isabel Carlos Wanderley.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/303/requerimento_n_057-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/303/requerimento_n_057-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja encaminhado ao Poder Executivo solicitação de adoção de providências quanto às seguintes demandas de infraestrutura urbana e educacional no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/302/requerimento_n_058-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/302/requerimento_n_058-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao poder executivo municipal, por meio da secretaria de educação e/ou secretaria de esporte, solicitando a aquisição de jogos de camisas esportivas para atender à demanda da escola municipal Isabel Carlos Wanderley.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_n_059-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_n_059-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo solicitação de pavimentação asfáltica, limpeza em geral e melhorias no sistema de abastecimento de água e de iluminação pública no setor fernandinho.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_n_060-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_n_060-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de paisagismo urbano nas ruas paralelas à avenida codespar no setor fernandinho.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_n_061-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_n_061-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de pavimentação asfáltica nas vias que não possuem esse serviço de infraestrutura no setor nascente.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_n_062-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_n_062-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja encaminhado  ao Poder Executivo solicitação de construção de uma praça pública no setor parque dos buritis, entre as quadras 08, 09, 10, 16, 17, 18, 19 e 20, nas proximidades do parque de exposição agropecuária de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>RAIMUNDO RODRIGUES</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/297/requerimento_n_063-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/297/requerimento_n_063-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de reconstrução da ponte sobre o córrego prata, localizada nas proximidades da fazenda da professora Anália Wanderley, com substituição das estruturas de madeira por estrutura em concreto.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_n_064-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_n_064-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de realização de roçagem nas margens da TO-164, no trecho que vai da saída para Abreulândia até a entrada da fazenda recanto verde de propriedade da Sra. Elizabeth Alves Brandão.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/295/requerimento_n_065-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/295/requerimento_n_065-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de encascalhamento da rua L06, no setor aeroporto, especificamente na via onde se localiza a residência da senhora Roberta Dias.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/294/requerimento_n_066-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/294/requerimento_n_066-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de contratação ou redesignação de uma servidora pública municipal para exercer, de forma contínua, a função de secretária administrativa do conselho tutelar do município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Angela Maria Matos Rodrigues Botelho, Arnor Aires Marinho, Domingas Parente Gil de Sousa, Igor Carvalho dos Santos, Jorge Dias Paes, Jose Antonio Lima dos Reis, Ozias Teles dos Santos, RAIMUNDO RODRIGUES</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/293/requerimento_n_067-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/293/requerimento_n_067-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de que seja construído um redutor de velocidade (quebra-molas) e implantada faixa de pedestre na rua Isabel Dias Moraes, em frente ao centro educacional Santa Rita de Cássia (CEM).</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_n_068-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_n_068-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de implantação de rede de iluminação pública no parque industrial do município.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/291/requerimento_n_069-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/291/requerimento_n_069-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja encaminhado  ao Poder Executivo solicitação de realização de reforma estrutural, paisagismo e modernização da feira do produtor.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/290/requerimento_n_070-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/290/requerimento_n_070-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja encaminhado  ao Poder Executivo solicitação de reforma total da rodoviária José Lustoza, incluindo paisagismo, modernização da estrutura interna e externa, além da requalificação da praça frontal com implantação de estacionamentos adequados.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/289/requerimento_n_071-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/289/requerimento_n_071-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja encaminhado  ao Poder Executivo solicitação de contratação de um profissional fonoaudiólogo para atender na APAC - Associação de Pais e Amigos dos Excepcionais, por meio de convênio firmado com a referida instituição.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/288/requerimento_n_072-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/288/requerimento_n_072-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja encaminhado  ao Poder Executivo solicitação de construção de uma ponte sobre o rio passa três, situada entre a propriedade do senhor Getúlio e a fazenda que pertencia ao senhor Leiser.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/287/requerimento_n_073-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/287/requerimento_n_073-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja encaminho  ao Poder Executivo solicitação de designação de tratores equipados com grades aradoras e roçadeiras para atendimento aos produtores rurais da região da anta-russa e adjacências.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/372/requerimento_n_074-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/372/requerimento_n_074-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja encaminhado ao Poder Executivo solicitação de construção de um campo de futebol gramado no entroncamento próximo ao bar do Genésio, com a instalação de iluminação com energia solar e revitalização do antigo campo de futebol dos quirinos com limpeza, aquisição de rede e traves novas, compra de 02 kit de uniformes, camisetas e 04 bolas, sendo um kit para cada região respectivamente.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/286/requerimento_n_075-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/286/requerimento_n_075-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja encaminhado  ao Poder Executivo solicitação de revitalização completa da Avenida Codespar, iniciando no leilão Divinópolis e estendendo-se ao longo das vias paralelas da TO-080, até a entrada da fazenda do sr. Nilo.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/285/requerimento_n_076-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/285/requerimento_n_076-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de contratação de médicos especialistas nas áreas de pediatria, psiquiatria, cardiologia, urologia e ginecologia, com o objetivo de formar uma junta médica especializada para atendimento à população do município de forma rotacionada, com a presença de um especialista por semana.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/284/requerimento_n_077-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/284/requerimento_n_077-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de realização do serviço de patrolamento da estrada que dá acesso ao assentamento campina verde.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/283/requerimento_n_078-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/283/requerimento_n_078-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja encaminhado ao Poder Executivo solicitação que determine à vigilância sanitária do município que realize ações de orientação e fiscalizações na feira coberta municipal, com o objetivo de instruir os feirantes sobre as adequadas práticas higiênicas, de exposição, acondicionamento e outras práticas essenciais para a comercialização segura e de qualidade dos seus produtos.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/282/requerimento_n_079-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/282/requerimento_n_079-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de patrolamento da estrada vicinal que dá acesso ao assentamento amigos da terra, zona rural deste município.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/281/requerimento_n_080-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/281/requerimento_n_080-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja encaminhado  ao Poder Executivo solicitação de reparos com cascalhamento nas estradas vicinais da região da fazenda do gaúcho do basa [...].</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/373/requerimento_n_081-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/373/requerimento_n_081-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja encaminhado ao Poder Executivo solicitação de autorização plenária para transferência do local das sessões ordinárias do mês de junho de 2025.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/280/requerimento_n_085-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/280/requerimento_n_085-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação implantação e a ligação da rede de iluminação pública no trecho compreendido entre a rua L-08 e a rua L-15, tendo em vista que a referida via ainda não possui postes com luminárias estabelecidas.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/279/requerimento_n_086-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/279/requerimento_n_086-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de realização da obra de ligação direta entre a Avenida Tancredo Neves e a Avenida Codespar, mediante a abertura planejada e adequada do canteiro central existente no local.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/278/requerimento_n_087-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/278/requerimento_n_087-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de realização de obras de pavimentação asfáltica da rua L-08, no setor aeroporto, especialmente em frente à escola estadual dona Cândida de Freitas.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/277/requerimento_n_091-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/277/requerimento_n_091-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada  ao Poder Executivo solicitação de substituição da ponte de madeira por uma ponte de concreto, com extensão de 22 metros, localizada na divisa entre os municípios de Divinópolis do Tocantins e Monte Santo do Tocantins, dentro da fazenda do senhor Júnior Damião.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/378/requerimento_n_92-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/378/requerimento_n_92-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja aprovada e encaminhada ao Poder Executivo solicitação do programa bolsa atleta municipal, destinado a apoiar financeiramente os atletas residentes no município que se destacam em competições esportivas, em diversas modalidades.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/379/requerimento_n_93-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/379/requerimento_n_93-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, sejam encaminhadas pelo Poder Executivo todas as informações e documentos relativos aos equipamentos adquiridos em gestões anteriores com a finalidade de instalação de uma Rádio Comunitária no município.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/380/requerimento_n_94-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/380/requerimento_n_94-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao Poder Executivo solicitação de que as Secretarias Municipais de Cultura, Turismo e Indústria e Comércio que a  Secretaria de Cultura realize um inventário de todas as tecelãs, fiandeiras de roda e de tear existentes no município.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/381/requerimento_n_95-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/381/requerimento_n_95-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao Poder Executivo solicitação de que seja verificado, com urgência, o motivo da ausência de resposta aos requerimentos e ofícios anteriormente encaminhados à Prefeitura Municipal por esta Casa Legislativa.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_n_96-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_n_96-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja aprovada e encaminhada ao Poder Executivo solicitação de providências urgentes para a reforma da Unidade Básica de Saúde Naildo Alves.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/383/requerimento_n_97-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/383/requerimento_n_97-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja encaminhada ao Poder Executivo solicitação que se proceda a análise e posterior doação de um terreno de propriedade do município à Associação de Pais de Crianças com Autismo - Mães da Esperança (APCAME).</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/384/requerimento_n_98-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/384/requerimento_n_98-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja aprovada e encaminhada ao Poder Executivo solicitação de que sejam adotadas medidas urgentes para a recuperação, melhoria e manutenção das estradas vicinais e ramais de acesso aos seguintes assentamentos rurais: PA. Palmeirinha, P.A Consolação, PA. Piedade e Crédito Fundiário Campina Verde.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_n_99-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_n_99-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja solicitado ao Poder Executivo, por meio da Secretaria Municipal de Saúde, informações detalhadas sobre a interrupção no fornecimento de alimentação no hospital municipal Jhon Derick Partata.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/386/requerimento_n_100-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/386/requerimento_n_100-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja aprovada e encaminhada ao Poder Executivo, solicitação de realização de reparos e melhorias na iluminação na quadra poliesportiva localizada no setor sol nascente.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/387/requerimento_n_101-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/387/requerimento_n_101-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja aprovada e encaminhada ao Poder Executivo, solicitação de realização de recuperação e manutenção dos meio-fios nas ruas e avenidas do município, com atenção especial às avenidas Divino Luz Costa e Codespar.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/388/requerimento_n_103-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/388/requerimento_n_103-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja aprovada e encaminhada ao Poder Executivo, solicitação de medidas para solução de descarte irregular de lixo na estrada do coco nas proximidades da Fazenda Santarém de propriedade do senhor Ulisses.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/389/requerimento_n_104-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/389/requerimento_n_104-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo Municipal a solicitação para a implantação de um redutor de velocidade (quebra-molas) na Avenida Codespar, em frente à agência do Banco do Brasil.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo Municipal a solicitação no sentido de que sejam instalados redutores de velocidade (quebra-molas e/ou sonorizadores) nos dois sentidos da Avenida Divino Luiz Costa.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_n_106-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_n_106-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo Municipal a solicitação que seja instalado um redutor de velocidade (quebra-molas) na Rua Sebastião Borba Santos, nas proximidades da residência do Pinheiro e da Igreja Assembleia Ministério CIADSETA.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/392/requerimento_n_107-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/392/requerimento_n_107-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo Municipal a solicitação de sinalizadores no estacionamento da Câmara Municipal de Divinópolis do Tocantins, de forma a garantir vagas exclusivas para pessoas com deficiência física, idosos e pessoas com Transtorno do Espectro Autista (TEA), conforme previsto na legislação vigente.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/401/requerimento_n_110-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/401/requerimento_n_110-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovada e encaminhada ao Poder Executivo Municipal a solicitação de construção de dois redutores de velocidade (quebra-molas com sinalização) na estrada do coco, em frente à Fazenda Santarém e à chácara da Vó da Rita.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/402/requerimento_n_111-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/402/requerimento_n_111-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovado e encaminhado ao Excelentíssimo Senhor Prefeito Municipal de Divinópolis do Tocantins o requerimento n° 0009/2025, apresentado no âmbito do Projeto Vereador por um Dia, durante a sessão solene realizada em 1° de outubro de 2025, por meio do Vereador Infanto-Juvenil José Pedro Pinheiro Alves, do qual este parlamentar é padrinho.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/403/requerimento_n_112-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/403/requerimento_n_112-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovado e encaminhado ao Excelentíssimo Senhor Prefeito Municipal de Divinópolis do Tocantins, o requerimento n° 0001/2025, através do Vereador padrinho Ozias Teles dos Santos, o presente pedido formulado pelo Vereador Infanto-Juvenil Ozias Teles Carvalho, participante do projeto vereador por um dia, apresentado na sessão solene realizada em 1° de outubro de 2025.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/404/requerimento_n_113-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/404/requerimento_n_113-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovado e encaminhado ao Excelentíssimo Senhor Prefeito Municipal de Divinópolis do Tocantins, o requerimento n° 0002/2025, através da Vereadora madrinha Viviane Martins, o presente pedido formulado pelo Vereador Infanto-Juvenil Bernardo Martins Araújo, participante do programa parlamento jovem, apresentado na sessão solene realizada em 1° de outubro de 2025.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/405/requerimento_n_114-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/405/requerimento_n_114-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovado e encaminhado ao Excelentíssimo Senhor Prefeito Municipal de Divinópolis do Tocantins, o requerimento n° 0003/2025, através do Vereador padrinho Igor Carvalho dos Santos, o presente pedido formulado pela Vereadora Infanto-Juvenil Elysa Souza de Oliveira, participante do programa vereador por um dia, apresentado na sessão solene realizada em 1° de outubro de 2025.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/406/requerimento_n_115-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/406/requerimento_n_115-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovado e encaminhado ao Excelentíssimo Senhor Prefeito Municipal de Divinópolis do Tocantins, o requerimento n° 0004/2025, através do Vereador padrinho Arnor Aires Marinho, o presente pedido formulado pelo Vereador Infanto-Juvenil Rodrigo Pinto Medrado, participante do projeto vereador por um dia, apresentado na sessão solene realizada em 1° de outubro de 2025.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/407/requerimento_n_116-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/407/requerimento_n_116-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovado e encaminhado ao Excelentíssimo Senhor Prefeito Municipal de Divinópolis do Tocantins, o requerimento n° 0005/2025, através da Vereadora madrinha Domingas Parente Gil Sousa, o presente pedido formulado pelo Vereador Infanto-Juvenil Isabella Gil de Sousa, participante do projeto vereador por um dia, apresentado na sessão solene realizada em 1° de outubro de 2025.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/408/requerimento_n_117-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/408/requerimento_n_117-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovado e encaminhado ao Excelentíssimo Senhor Prefeito Municipal de Divinópolis do Tocantins, o requerimento n° 0006/2025, através da Vereadora madrinha Ângela Maria Matos Rodrigues, o presente pedido formulado pelo Vereadora Infanto-Juvenil Maiara Sena Santos, participante do projeto vereador por um dia, apresentado na sessão solene realizada em 1° de outubro de 2025.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_n_118-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_n_118-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovado e encaminhado ao Excelentíssimo Senhor Prefeito Municipal de Divinópolis do Tocantins, o requerimento n° 0007/2025, através do Vereador padrinho José Antônio Lima dos Reis, o presente pedido formulado pelo Vereador Infanto-Juvenil Kaique Araújo Fernandes, participante do projeto vereador por um dia, apresentado na sessão solene realizada em 1° de outubro de 2025.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_n_119-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_n_119-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovado e encaminhado ao Excelentíssimo Senhor Prefeito Municipal de Divinópolis do Tocantins, o requerimento n° 0008/2025, através do Vereador padrinho Jorge Dias Paes, o presente pedido formulado pelo Vereador Infanto-Juvenil Ana Clara Dias Vieira, participante do projeto vereador por um dia, apresentado na sessão solene realizada em 1° de outubro de 2025.</t>
   </si>
   <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>PLE</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo</t>
+  </si>
+  <si>
+    <t>Flávio Rodrigues Silva</t>
+  </si>
+  <si>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/469/projeto_02_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano de propriedade do município de Divinópolis do Tocantins (TO) que especifica e dá outras providências.</t>
+  </si>
+  <si>
     <t>263</t>
   </si>
   <si>
-    <t>PLE</t>
-[...8 lines deleted...]
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_n_003-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_n_003-2025.pdf</t>
   </si>
   <si>
     <t>Altera a lei n° 579/2017, de 02 de janeiro de 2017, que dispõe sobre a Estrutura Organizacional do Poder Executivo do Município de Divinópolis do Tocantins e dá outras providências.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/264/projeto_de_lei_n_004-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/264/projeto_de_lei_n_004-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Turismo - COMTUR e dá outras providências.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_n_005-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_n_005-2025.pdf</t>
   </si>
   <si>
     <t>Declara como área de expansão urbana e inclui no perímetro urbano do município de Divinópolis do Tocantins, Estado do Tocantins, imóvel rural - lote 41-A - loteamento Marianópolis - gleba 7.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/363/projeto_de_lei_municipal_n_006-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/363/projeto_de_lei_municipal_n_006-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de terreno urbano de propriedade do município de Divinópolis do Tocantins do Tocantins (TO) que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/266/projeto_de_lei_n_007-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/266/projeto_de_lei_n_007-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de terreno urbano de propriedade do Município de Divinópolis do Tocantins que especifica e dá outras providências.</t>
   </si>
   <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_08_2025.pdf</t>
+  </si>
+  <si>
+    <t>Alterar a lei n° 579/2017, de 2 de Janeiro de 2017, que dispõe sobre a estrutura organizacional do município de Divinópolis do Tocantins e dá outras providências.</t>
+  </si>
+  <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/362/projeto_de_lei_n_009-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/362/projeto_de_lei_n_009-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do "Dia do Evangélico" no âmbito do Município de Divinópolis do Tocantins, a ser comemorado no segundo sábado do mês de setembro de cada ano, e dá outras providências.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei_municipal_n_011-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei_municipal_n_011-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de um terreno urbano de propriedade do município de Divinópolis do Tocantins (TO) que especifica, e dá outras providências.</t>
   </si>
   <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/468/projeto_012_2025-.pdf</t>
+  </si>
+  <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/370/projeto_de_lei_n_013-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/370/projeto_de_lei_n_013-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de terreno no parque industrial de Divinópolis do Tocantins (TO) que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_de_lei_municipal_n_014-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_de_lei_municipal_n_014-2025.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Equidade e Educação para as Relações Ética - Raciais na Rede Pública Municipal de Ensino de Divinópolis do Tocantins - TO e dá outras providências.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_n_015-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_n_015-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal dos Direitos da Mulher - CMDM, e dá outras providências.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/374/projeto_de_lei_municipal_n_016-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/374/projeto_de_lei_municipal_n_016-2025.pdf</t>
   </si>
   <si>
     <t>Altera as leis n° 361/2008, n° 402/2009, e a Lei 613/2018, que dispõe sobre o Plano de Cargos, Carreira e Remuneração dos Profissionais do Magistério Público da Educação Básica do Município de Divinópolis do Tocantins - PCCR.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/366/projeto_de_lei_municipal_n_018-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/366/projeto_de_lei_municipal_n_018-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de terreno urbano de propriedade do município de Divinópolis do Tocantins (TO) que especifica  e dá outras providências.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/367/projeto_de_lei_municipal_n_019-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/367/projeto_de_lei_municipal_n_019-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe a doação de um terreno urbano de propriedade do município de Divinópolis do Tocantins (TO) que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/368/projeto_de_lei_municipal_n_020-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/368/projeto_de_lei_municipal_n_020-2025.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_lei_municipal_n_021-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_lei_municipal_n_021-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 725, de 29 de dezembro de 2022, que dispõe sobre o Plano Plurianual para o período de 2022 a 2025, e a Lei Municipal n° 776, de 2024, que dispõe sobre a Lei Orçamentária Anual para o exercício de 2025, cria programa e ação orçamentária no âmbito da Secretaria da Mulher e autoriza a abertura de crédito especial.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/394/projeto_de_lei_do_executivo_n_022-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/394/projeto_de_lei_do_executivo_n_022-2025.pdf</t>
   </si>
   <si>
     <t>Prorroga até 15 de junho de 2026, a vigência do Plano Municipal de Educação aprovado por meio da Lei Municipal n° 536, de 15 de junho de 2015.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/395/projeto_de_lei_n_023_de_22_de_setembro_2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/395/projeto_de_lei_n_023_de_22_de_setembro_2025.pdf</t>
   </si>
   <si>
     <t>Declara como área de expansão urbana e inclui no perímetro urbano do município de Divinópolis do Tocantins, Estado do Tocantins, imóvel rural - Lote 42 - Loteamento Marianópolis - Gleba 7, 2° Etapa.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/396/projeto_de_lei_do_executivo_n_024-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/396/projeto_de_lei_do_executivo_n_024-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 725, de 29 de dezembro de 2022, que dispõe sobre o Plano Plurianual para o período de 2022 a 2025, e a Lei Municipal n° 776, de 2024, que dispõe sobre a Lei Orçamentária Anual para o exercício de 2025, cria programa e ação orçamentária no âmbito da Secretaria Municipal de Infraestrutura e autoriza a abertura de crédito especial.</t>
   </si>
   <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/472/projeto_30_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno   urbano     de     propriedade do    município   de Divinópolis     do Tocantins    (TO)  que  especifica    e da   outras  providencias.</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/473/projeto_31_2025.pdf</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/471/projeto_41_2025.pdf</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>CCJ - I - Comissão de Constituição, Justiça e Redação</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano de propriedade do município de Divinópolis do Tocantins (To) que especifica e dá outras providências.</t>
+  </si>
+  <si>
     <t>270</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
-    <t>Projeto de Resolução do Legislativo</t>
-[...2 lines deleted...]
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/270/ilovepdf_merged_2.pdf</t>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/270/ilovepdf_merged_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura administrativa da Câmara Municipal de Divinópolis do Tocantins/TO, nos termos do art. 11, II da Lei Orgânica do Município de Divinópolis do Tocantins e dá outras providências.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_resolucao__n_003-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_resolucao__n_003-2025.pdf</t>
   </si>
   <si>
     <t>Concede licença a vereadora Viviane Martins de Abreu Custódio para tratar de assuntos de interesse particular, e dá outras providências.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_resolucao__n_005-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_resolucao__n_005-2025.pdf</t>
   </si>
   <si>
     <t>Altera os anexos I, II, III, e IV da Resolução n° 001 de 12 de fevereiro de 2025 que dispõe sobre a estrutura administrativa da câmara municipal de Divinópolis do Tocantins/TO e dá outras providências.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_resolucao__n_006-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_resolucao__n_006-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de bens móveis ao Poder Executivo do Município de Divinópolis do Tocantins e dá outras providências.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/393/projeto_de_resolucao_n_007-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/393/projeto_de_resolucao_n_007-2025.pdf</t>
   </si>
   <si>
     <t>Prorroga a licença da Vereadora Viviane Martins de Abreu Custódio para tratar de assuntos de interesse particular e dá outras providências.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_de_lei_do_legislativo_n_001-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_de_lei_do_legislativo_n_001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de contratação de condenados pela Lei Federal n° 11.304/06 - Lei Maria da Penha, por parte do Poder Público Municipal, bem como impede nomeação e dá outras providências.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/358/projeto_de_lei_do_legislativo_n_007-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/358/projeto_de_lei_do_legislativo_n_007-2025.pdf</t>
   </si>
   <si>
     <t>Declara a Associação de Pais de Crianças com Autismo - Mães da Esperança (APCAME) entidade de Utilidade Pública Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/359/projeto_de_lei_do_legislativo_n_010-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/359/projeto_de_lei_do_legislativo_n_010-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Cooperação e o código Sinal Vermelho na cidade de Divinópolis do Tocantins, visando o combate e a prevenção à violência contra mulher.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/360/projeto_de_lei_do_legislativo_n_011-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/360/projeto_de_lei_do_legislativo_n_011-2025.pdf</t>
   </si>
   <si>
     <t>Declara a Associação dos Agricultores Familiares Nova Esperança (AGRIFANE) entidade de utilidade pública municipal e dá outras providências.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/361/projeto_de_lei_do_legislativo_n_012-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/361/projeto_de_lei_do_legislativo_n_012-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e autorização de acesso do Poder Legislativo Municipal ao Sistema de Contabilidade Pública, Licitações e Contratos, Arrecadação Recurso Humanos do Município, no modo consulta, abrangendo o exercício financeiro atual e os anteriores, para fins de controle, fiscalização e transparência dos gastos públicos realizados pelo poder executivo, e dá outras providências.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_de_lei_do_legislativo_n_013-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_de_lei_do_legislativo_n_013-2025.pdf</t>
   </si>
   <si>
     <t>Declara a Academia de Letras de Divinópolis do Tocantins entidade de utilidade pública municipal e dá outras providências.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao_n_001-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao_n_001-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovado e encaminhada a presente indicação à empresa TIM solicitando a sinalização da torre de telefonia localizada nas proximidades de escolas, sede da prefeitura, hospital municipal e residências.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_n_004-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_n_004-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada a presente indicação à Hidro Forte solicitando providências quanto à falta de funcionários na empresa concessionária de água Hidro Forte que tem prejudicado o atendimento à população.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao_n_005-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao_n_005-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada a presente indicação ao governo do Estado do Tocantins para que, por meio da secretaria de Estado da educação, realize ampla reforma no colégio estadual João Dias Sobrinho em Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_n_006-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_n_006-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada a presente indicação ao vice governador do Estado Laurez Moreira que realize intermediação junto ao governo do Estado, bancada estadual e bancada federal no congresso nacional, visando obtenção de recursos para a aquisição de um novo ônibus escolar para o município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_n_007-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_n_007-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada a presente indicação ao vice governador do Estado Laurez Moreira que realize intermediação para disponibilização de ônibus exclusivo para transporte universitário entre Divinópolis do Tocantins e Paraíso do Tocantins.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_n_008-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_n_008-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada a presente indicação à AGETO solicitando a construção de trevo na entrada principal do parque industrial na TO-080, em frente à cerâmica do goiano.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_n_009-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_n_009-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada a presente indicação ao senador da República Eduardo Gomes para que interceda junto à Receita Federal do Brasil, órgão vinculado ao Ministério da Fazenda, no sentido de viabilizar a doação de uma caminhonete 4x4 ao poder legislativo do município Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_n_010-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_n_010-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada a presente indicação à Senadora da República Professora Dorinha Seabra para que interceda junto à Receita Federal do Brasil, órgão vinculado ao Ministério da Fazenda, no sentido de viabilizar a doação de uma caminhonete 4x4 ao poder legislativo do município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao_n_011-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao_n_011-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada a presente indicação ao Deputado Federal Alexandre Guimarães para que interceda junto à Receita Federal do Brasil, órgão vinculado ao Ministério da Fazenda, no sentido de viabilizar a doação de uma caminhonete 4x4 ao poder legislativo do município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao_n_012-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao_n_012-2025.pdf</t>
   </si>
   <si>
     <t>Requerer que, após ouvido o plenário, seja aprovada e encaminhada a presente indicação à concessionária de energia elétrica ENERGISA urgente retirada e realocação do poste de energia elétrica instalado na rua L-08, em frente à escola estadual Cândida de Freitas, no município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>PDC</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
-    <t>CCJ - Comissão de Constituição e Justiça, CFO - Comissão de Finanças e Orçamentos</t>
+    <t>CCJ - I - Comissão de Constituição, Justiça e Redação, CFO - II - Comissão de Finanças, Orçamento, Tributação, Fiscalização e Controle</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual da remuneração dos servidores da câmara municipal de Divinópolis do Tocantins e dá outras providências.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/276/parecer_de_comissao.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/276/parecer_de_comissao.pdf</t>
   </si>
   <si>
     <t>Altera a lei n° 579/2017, de 02 de janeiro de 2017, que dispõe sobre a estrutura organizacional do poder executivo do município de Divinópolis do Tocantins e dá outras providências.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>CCJ - Comissão de Constituição e Justiça</t>
-[...2 lines deleted...]
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/272/parecer_de_comissao_2.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/272/parecer_de_comissao_2.pdf</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/456/parecer_comissao_n_006-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/456/parecer_comissao_n_006-2025.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei do Executivo n° 006 de 07 de março de 2025, que: "Dispõe sobre a doação de terreno urbano de propriedade do município de Divinópolis do Tocantins e dá outras providências."</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/274/parecer_de_comissao_4.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/274/parecer_de_comissao_4.pdf</t>
   </si>
   <si>
     <t>Altera os anexos I, II, III e IV da Resolução n° 0001 de 12 de fevereiro de 2025 que dispõe sobre a estrutura administrativa da câmara municipal de Divinópolis do Tocantins e dá outras providências.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/273/parecer_de_comissao_3.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/273/parecer_de_comissao_3.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de terreno urbano de propriedade do município de Divinópolis do Tocantins - TO que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/275/parecer_de_comissao_5.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/275/parecer_de_comissao_5.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de bens móveis ao poder executivo do município de Divinópolis do Tocantins e dá outras providências.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>CCJ - Comissão de Constituição e Justiça, CESA - Comissão de Educação, Saúde e Assistência Social, CFO - Comissão de Finanças e Orçamentos</t>
-[...2 lines deleted...]
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/447/parecer_comissao_n_010-2025.pdf</t>
+    <t>CCJ - I - Comissão de Constituição, Justiça e Redação, CESA - III - Comissão de Educação, Ciência, Comunicação, Cultura, Desporto, Saúde, da Pessoa Humana, Assist, CFO - II - Comissão de Finanças, Orçamento, Tributação, Fiscalização e Controle</t>
+  </si>
+  <si>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/447/parecer_comissao_n_010-2025.pdf</t>
   </si>
   <si>
     <t>Institui a política municipal de equidade e educação para as relações étnico-raciais na rede pública municipal de ensino de Divinópolis do Tocantins TO e dá outras providências.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/448/parecer_comissao_n_011-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/448/parecer_comissao_n_011-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do "Dia do Evangélico" no âmbito do município de Divinópolis do Tocantins, a ser comemorado no segundo sábado do mês de setembro de cada ano e dá outras providências.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/449/parecer_comissao.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/449/parecer_comissao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual da remuneração dos servidores da Câmara Municipal de Divinópolis do Tocantins e dá outras providências.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/450/parecer_comissao_n_013-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/450/parecer_comissao_n_013-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de terreno urbano de propriedade do município de Divinópolis do Tocantins - TO que específica e dá outras providências.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/451/parecer_comissao_n_014-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/451/parecer_comissao_n_014-2025.pdf</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/452/parecer_comissao_n_015-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/452/parecer_comissao_n_015-2025.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei do Executivo n° 016 de 05 de maio de 2025, que: "Altera as leis n° 361/2008, n° 402/2009 e a lei 613/2018, que dispõe sobre o plano de cargos, carreira e remuneração dos profissionais do magistério público da educação básica do município de Divinópolis do Tocantins - PCCR."</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/453/parecer_comissao...pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/453/parecer_comissao...pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Resolução n° 002 de 12 de fevereiro de 2025, que: "Dispõe sobre a revisão geral anual da remuneração dos servidores da Câmara Municipal de Divinópolis do Tocantins e dá outras providências."</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/454/parecer_comissao_n_017-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/454/parecer_comissao_n_017-2025.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei do Executivo n° 020 de 24 de junho de 2025: "Revogação da Lei Municipal que menciona e dá outras providências."</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/455/parecer_comissao_n_018-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/455/parecer_comissao_n_018-2025.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei do Legislativo n° 007 de 23 de junho de 2025, que: "Declara a Associação de Pais de Crianças com Autismo - Mães da Esperança (APCAME) entidade de utilidade pública municipal e dá outras providências."</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/457/parecer_comissao_n_020-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/457/parecer_comissao_n_020-2025.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei do Executivo n° 011 de 29 de abril de 2025, que: "Dispõe sobre a doação de terreno urbano de propriedade do município de Divinópolis do Tocantins (TO) que específica e dá outras providências."</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/458/parecer_comissao_n_021-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/458/parecer_comissao_n_021-2025.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei do Legislativo n° 010/2025, que: "Institui o Programa de Cooperação e o Código Sinal Vermelho na cidade de Divinópolis do Tocantins, visando o combate e a prevenção à violência contra mulher."</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/459/parecer_comissao_n_023-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/459/parecer_comissao_n_023-2025.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei do Executivo n° 021 de 29 de agosto de 2025, que: "Altera a Lei Municipal n° 275 de 29 de dezembro de 2022, que dispõe sobre o plano plurianual para o período de 2022 a 2025 e a Lei Municipal n° 776 de 2024 que dispõe sobre a Lei Orçamentária Anual para o exercício de 2025 e cria programação e ação orçamentária no âmbito da Secretaria da Mulher e autoriza a abertura de crédito especial."</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/460/parecer_comissao_n_025-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/460/parecer_comissao_n_025-2025.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei do Legislativo n° 012/2025, que: "Dispõe sobre a criação e autorização de acesso do Poder Legislativo Municipal ao sistema de contabilidade pública, licitações e contratos, arrecadação e recursos humanos do município, no modo consulta, abrangendo o exercício financeiro atual e os anteriores, para fins de controle, fiscalização e transparência dos gastos públicos realizados pelo Poder Executivo, e dá outras providências."</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>CCJ - Comissão de Constituição e Justiça, CESA - Comissão de Educação, Saúde e Assistência Social</t>
-[...2 lines deleted...]
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/461/parecer_comissao_n_026-2025.pdf</t>
+    <t>CCJ - I - Comissão de Constituição, Justiça e Redação, CESA - III - Comissão de Educação, Ciência, Comunicação, Cultura, Desporto, Saúde, da Pessoa Humana, Assist</t>
+  </si>
+  <si>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/461/parecer_comissao_n_026-2025.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei do Executivo n° 022 de 09 de setembro de 2025, que: "Prorroga até 15 de junho de 2026, a vigência do Plano Municipal de Educação aprovado por meio da Lei Municipal n° 536 de 15 de junho de 2015."</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/462/parecer_comissao_n_027-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/462/parecer_comissao_n_027-2025.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei do Executivo n° 023 de 22 de setembro de 2025, que: "Declara como área de expansão urbana e inclui no perímetro urbano do município de Divinópolis do Tocantins, Estado do Tocantins, imóvel rural - lote 42 - Loteamento Marianópolis - gleba 7, 2° etapa."</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/463/parecer_comissao_n_028-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/463/parecer_comissao_n_028-2025.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei do Legislativo n° 013/2025, que: "Declara a Academia de Letras de Divinópolis do Tocantins entidade de utilidade pública municipal e dá outras providências."</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/464/parecer_comissao_n_029-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/464/parecer_comissao_n_029-2025.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei do Executivo n° 024/2025, que: "Altera a Lei Municipal n° 725 de 29 de dezembro de 2022, que dispõe sobre o plano plurianual para o período de 2022 a 2025. A Lei Municipal n° 776 de 2024 que dispõe sobre a Lei Orçamentária Anual para o exercício de 2025 e cria programa e ação orçamentária no âmbito da Secretaria Municipal e Infraestrutura e autoriza abertura de crédito especial."</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>CFO - Comissão de Finanças e Orçamentos</t>
-[...2 lines deleted...]
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/465/parecer_comissao_n_030-2025.pdf</t>
+    <t>CFO - II - Comissão de Finanças, Orçamento, Tributação, Fiscalização e Controle</t>
+  </si>
+  <si>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/465/parecer_comissao_n_030-2025.pdf</t>
   </si>
   <si>
     <t>Referente ao Projeto de Lei do Executivo n° 024 de 03 de outubro de 2025, que: "Altera a Lei Municipal n° 725 de 29 de dezembro de 2022, que dispõe sobre o plano plurianual para o período de 2022 a 2025. A Lei Municipal n° 776 de 2024 que dispõe sobre a Lei Orçamentária Anual para o exercício de 2025 e cria programa e ação orçamentária no âmbito da Secretaria Municipal e Infraestrutura e autoriza abertura de crédito especial."</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>CTIUS - Comissão de Transp. Tecn., Inf., Obras Públicas, Urbanismo, Serviços Públicos e Atividades Privadas</t>
-[...2 lines deleted...]
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/466/parecer_comissao_n_031-2025.pdf</t>
+    <t>CTIUS - IV - Comissão de Transportes, Tecnologia, Informática, Obras Públicas, Urbanismo, Serviços Públicos</t>
+  </si>
+  <si>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/466/parecer_comissao_n_031-2025.pdf</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/375/mocao_de_pesar_n_002-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/375/mocao_de_pesar_n_002-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovada e encaminhada Moção de Pesar pelo falecimento do senhor CIL - FARNEY ALVES DA SILVA.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>PV</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/400/pedido_de_providencia_n_003-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/400/pedido_de_providencia_n_003-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovada e encaminhado ao Poder Executivo Municipal Pedido de Providências, quanto a solicitação para a realização do patrolamento da estrada do Rio do Coco.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/399/pedido_de_providencia_n_004-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/399/pedido_de_providencia_n_004-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário, seja aprovada e encaminhado ao Poder Executivo Municipal Pedido de Providências, quanto a solicitação para a realização do patrolamento da estrada do Rio do Prata.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/376/pedido_de_providencia_n_005-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/376/pedido_de_providencia_n_005-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido o plenário seja aprovada e encaminhada ao Poder Executivo Pedido de Providências quanto a solicitação para a realização do patrolamento da estrada do rio do coco, bem como a substituição da ponte de madeira existente por uma ponte de concreto.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/377/pedido_de_providencia_n_006-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/377/pedido_de_providencia_n_006-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ao Poder Executivo Municipal o presente Pedido de Providências, solicitando a realização do patrolamento da estrada da região do Rio do Prata, bem como a substituição da ponte de madeira existente por uma ponte de concreto.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/398/pedido_de_providencia_n_007-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/398/pedido_de_providencia_n_007-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ao Poder Executivo Municipal o presente Pedido de Providências, solicitando a revitalização com patrolamento dos exões e de todas as estradas vicinais do município de Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>MDA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/411/mocao_de_aplausos_n_001-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/411/mocao_de_aplausos_n_001-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Valdeny Lima de Oliveira, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/412/mocao_de_aplausos_n_002-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/412/mocao_de_aplausos_n_002-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Maria Aparecida Santos Cunha, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/413/mocao_de_aplausos_n_003-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/413/mocao_de_aplausos_n_003-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à José Valdir Sousa Adorno, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/414/mocao_de_aplausos_n_004-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/414/mocao_de_aplausos_n_004-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Maria Gerci Castro Carvalho, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/415/mocao_de_aplausos_n_005-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/415/mocao_de_aplausos_n_005-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Humberto Gomes Dias, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/416/parecer_comissao_n_006-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/416/parecer_comissao_n_006-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Ângela Maria Matos Rodrigues Botelho, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/417/mocao_de_aplausos_n_007-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/417/mocao_de_aplausos_n_007-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Esther Costa Lima, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/418/mocao_de_aplausos_n_008-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/418/mocao_de_aplausos_n_008-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Pedro Carlos Gomes Dias, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/419/mocao_de_aplausos_n_009-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/419/mocao_de_aplausos_n_009-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Izabel Gomes Wanderley, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/420/mocao_de_aplausos_n_010-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/420/mocao_de_aplausos_n_010-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Anália Carlos Wanderley Marinho, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/421/mocao_de_aplausos_n_011-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/421/mocao_de_aplausos_n_011-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Leonildes Carlos Wanderley, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/422/mocao_de_aplausos_n_012-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/422/mocao_de_aplausos_n_012-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Belira Bento de Oliveira, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/423/mocao_de_aplausos_n_013-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/423/mocao_de_aplausos_n_013-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Maria Celma Francino da Silva, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/424/mocao_de_aplausos_n_014-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/424/mocao_de_aplausos_n_014-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Marina de Oliveira Rodrigues, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/425/mocao_de_aplausos_n_015-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/425/mocao_de_aplausos_n_015-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Elineuza Pereira de Carvalho Wanderley, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/426/mocao_de_aplausos_n_016-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/426/mocao_de_aplausos_n_016-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Valdecy Rosa de Oliveira, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/427/mocao_de_aplausos_n_017-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/427/mocao_de_aplausos_n_017-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Dalila Wanderley Adorno, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/428/mocao_de_aplausos_n_018-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/428/mocao_de_aplausos_n_018-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Deusilene Wanderley Adorno, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/429/mocao_de_aplausos_n_019-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/429/mocao_de_aplausos_n_019-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Maria José de Araújo Custódio, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/430/mocao_de_aplausos_n_020-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/430/mocao_de_aplausos_n_020-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Luzia Gomes Brandão, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/431/mocao_de_aplausos_n_021-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/431/mocao_de_aplausos_n_021-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Maria Neurilene Pereira de Carvalho, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/432/mocao_de_aplausos_n_022-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/432/mocao_de_aplausos_n_022-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Maria Divino Gomes Dias, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/433/mocao_de_aplausos_n_023-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/433/mocao_de_aplausos_n_023-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Eva Mendes de Sousa, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/434/mocao_de_aplausos_n_024-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/434/mocao_de_aplausos_n_024-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Maria Celeste Teixeira Bulhões, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/435/mocao_de_aplausos_n_025-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/435/mocao_de_aplausos_n_025-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Devany Wanderley Adorno, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/436/mocao_de_aplausos_n_026-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/436/mocao_de_aplausos_n_026-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Regina Mascarenhas de Bulhões, pelo incansável trabalho em prol do fortalecimento do ensino e do desenvolvimento educacional dos jovens e adolescentes de Divinópolis do Tocantins - TO.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/437/mocao_de_aplausos_n_043-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/437/mocao_de_aplausos_n_043-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à José Teixeira Soares, carinhosamente conhecido como Zeca do Lió, pela sua trajetória de vida marcada pela dedicação à política local e pelo compromisso com o desenvolvimento de nosso município desde os seus primeiros passos como cidade emancipada.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/438/mocao_de_aplausos_n_044-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/438/mocao_de_aplausos_n_044-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Romão Gomes Wanderley, reconhecimento à sua marcante contribuição à vida pública de nosso município e ao seu legado político que marcou época.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/439/mocao_de_aplausos_n_045-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/439/mocao_de_aplausos_n_045-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Hélio Silvestre Teixeira, personalidade marcante da vida pública do nosso município, que fez história como o primeiro vereador a assumir o cargo de prefeito de Divinópolis, exercendo mandato Executivo no período de 1993 a 1996, sendo o segundo gestor do município.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/440/mocao_de_aplausos_n_046-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/440/mocao_de_aplausos_n_046-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Ângela Maria Matos Rodrigues Botelho, exemplo de pionerismo e coragem, que fez história ao tonar-se a primeira mulher a assumir o cargo de vereadora neste município, no exercício da legislatura de 1989 a 1992, retornando ao Legislativo em histórica eleição em 2024.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/441/mocao_de_aplausos_n_047-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/441/mocao_de_aplausos_n_047-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Joelma Oliveira Dias, mulher que marcou a história política de nosso município ao se tomar a primeira vereadora a alcançar o cargo de vice-prefeita, exercendo o mandato entre 2021 e 2024, ao lado do então prefeito Flávio Rodrigues.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/442/mocao_de_aplausos_n_048-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/442/mocao_de_aplausos_n_048-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Ozias Teles dos Santos, cuja trajetória política se confunde com própria história deste Parlamento, destacando-se pelo notável feito de presidir esta Casa de Leis em quatro mandatos distintos: nos biênios 2011-2012, 2013-2014, 2023-2024 e no atual exercício de 2025.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/443/mocao_de_aplausos_n_049-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/443/mocao_de_aplausos_n_049-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à José da Silva Fernandes, carinhosamente conhecido como "Zezim do Getúlio", que entrou para a história política do município ao alcançar a condição de vereador mais bem votado nas eleições de 2008 com 356 votos sendo, portanto, o mais votado da história do município.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/444/mocao_de_aplausos_n_050-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/444/mocao_de_aplausos_n_050-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Rivaldo Barbosa de Souza, que entrou para a história política e administrativa do município como o vereador responsável pela construção da 1° etapa do novo prédio da Câmara Municipal.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/445/mocao_de_aplausos_n_051-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/445/mocao_de_aplausos_n_051-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos à Lausina Parente dos Santos, em reconhecimento à sua trajetória de coragem, dedicação e amor incondicional por Divinópolis do Tocantins.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/446/mocao_de_aplausos_n_053-2025.pdf</t>
+    <t>http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/446/mocao_de_aplausos_n_053-2025.pdf</t>
   </si>
   <si>
     <t>Requer que, após ouvido plenário, seja aprovada e encaminhada Moção de Aplausos aos Vereadores Infanto-juvenis que participaram do programa vereador por um dia, na sessão solene alusiva ao Dia do Vereador, celebrada em 1° de outubro de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2751,68 +2802,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/356/requerimento_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/355/requerimento_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/354/requerimento_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/353/requerimento_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/352/requerimento_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/351/requerimento_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/350/requerimento_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/349/requerimento_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/348/requerimento_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/347/requerimento_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/346/requerimento_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/345/requerimento_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/340/requerimento_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/339/requerimento_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/338/requerimento_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/337/requerimento_n_022-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/336/requerimento_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/335/requerimento_n_024-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/334/requerimento_n_025-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/333/requerimento_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/332/requerimento_n_027-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/331/requerimento_n_028-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/330/requerimento_n_030-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/329/requerimento_n_031-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/328/requerimento_n_032-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/327/requerimento_n_033-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/326/requerimento_n_034-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/325/requerimento_n_035-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/324/requerimento_n_036-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/323/requerimento_n_037-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/322/requerimento_n_038-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/321/requerimento_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/320/requerimento_n_040-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/319/requerimento_n_041-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_n_042-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/317/requerimento_n_043-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/316/requerimento_n_044-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/315/requerimento_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/314/requerimento_n_046-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/313/requerimento_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/311/requerimento_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/310/requerimento_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/309/requerimento_n_051-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/308/requerimento_n_052-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/307/requerimento_n_053-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/306/requerimento_n_054-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/305/requerimento_n_055-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/304/requerimento_n_056-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/303/requerimento_n_057-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/302/requerimento_n_058-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_n_059-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_n_060-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_n_061-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_n_062-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/297/requerimento_n_063-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_n_064-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/295/requerimento_n_065-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/294/requerimento_n_066-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/293/requerimento_n_067-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_n_068-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/291/requerimento_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/290/requerimento_n_070-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/289/requerimento_n_071-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/288/requerimento_n_072-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/287/requerimento_n_073-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/372/requerimento_n_074-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/286/requerimento_n_075-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/285/requerimento_n_076-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/284/requerimento_n_077-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/283/requerimento_n_078-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/282/requerimento_n_079-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/281/requerimento_n_080-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/373/requerimento_n_081-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/280/requerimento_n_085-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/279/requerimento_n_086-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/278/requerimento_n_087-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/277/requerimento_n_091-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/378/requerimento_n_92-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/379/requerimento_n_93-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/380/requerimento_n_94-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/381/requerimento_n_95-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_n_96-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/383/requerimento_n_97-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/384/requerimento_n_98-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_n_99-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/386/requerimento_n_100-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/387/requerimento_n_101-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/388/requerimento_n_103-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/389/requerimento_n_104-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_n_106-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/392/requerimento_n_107-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/401/requerimento_n_110-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/402/requerimento_n_111-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/403/requerimento_n_112-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/404/requerimento_n_113-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/405/requerimento_n_114-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/406/requerimento_n_115-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/407/requerimento_n_116-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/408/requerimento_n_117-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_n_118-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_n_119-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/264/projeto_de_lei_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/363/projeto_de_lei_municipal_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/266/projeto_de_lei_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/362/projeto_de_lei_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei_municipal_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/370/projeto_de_lei_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_de_lei_municipal_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/374/projeto_de_lei_municipal_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/366/projeto_de_lei_municipal_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/367/projeto_de_lei_municipal_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/368/projeto_de_lei_municipal_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_lei_municipal_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/394/projeto_de_lei_do_executivo_n_022-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/395/projeto_de_lei_n_023_de_22_de_setembro_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/396/projeto_de_lei_do_executivo_n_024-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/270/ilovepdf_merged_2.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_resolucao__n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_resolucao__n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_resolucao__n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/393/projeto_de_resolucao_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_de_lei_do_legislativo_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/358/projeto_de_lei_do_legislativo_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/359/projeto_de_lei_do_legislativo_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/360/projeto_de_lei_do_legislativo_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/361/projeto_de_lei_do_legislativo_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_de_lei_do_legislativo_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/276/parecer_de_comissao.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/272/parecer_de_comissao_2.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/456/parecer_comissao_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/274/parecer_de_comissao_4.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/273/parecer_de_comissao_3.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/275/parecer_de_comissao_5.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/447/parecer_comissao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/448/parecer_comissao_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/449/parecer_comissao.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/450/parecer_comissao_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/451/parecer_comissao_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/452/parecer_comissao_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/453/parecer_comissao...pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/454/parecer_comissao_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/455/parecer_comissao_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/457/parecer_comissao_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/458/parecer_comissao_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/459/parecer_comissao_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/460/parecer_comissao_n_025-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/461/parecer_comissao_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/462/parecer_comissao_n_027-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/463/parecer_comissao_n_028-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/464/parecer_comissao_n_029-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/465/parecer_comissao_n_030-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/466/parecer_comissao_n_031-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/375/mocao_de_pesar_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/400/pedido_de_providencia_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/399/pedido_de_providencia_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/376/pedido_de_providencia_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/377/pedido_de_providencia_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/398/pedido_de_providencia_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/411/mocao_de_aplausos_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/412/mocao_de_aplausos_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/413/mocao_de_aplausos_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/414/mocao_de_aplausos_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/415/mocao_de_aplausos_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/416/parecer_comissao_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/417/mocao_de_aplausos_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/418/mocao_de_aplausos_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/419/mocao_de_aplausos_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/420/mocao_de_aplausos_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/421/mocao_de_aplausos_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/422/mocao_de_aplausos_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/423/mocao_de_aplausos_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/424/mocao_de_aplausos_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/425/mocao_de_aplausos_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/426/mocao_de_aplausos_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/427/mocao_de_aplausos_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/428/mocao_de_aplausos_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/429/mocao_de_aplausos_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/430/mocao_de_aplausos_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/431/mocao_de_aplausos_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/432/mocao_de_aplausos_n_022-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/433/mocao_de_aplausos_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/434/mocao_de_aplausos_n_024-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/435/mocao_de_aplausos_n_025-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/436/mocao_de_aplausos_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/437/mocao_de_aplausos_n_043-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/438/mocao_de_aplausos_n_044-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/439/mocao_de_aplausos_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/440/mocao_de_aplausos_n_046-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/441/mocao_de_aplausos_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/442/mocao_de_aplausos_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/443/mocao_de_aplausos_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/444/mocao_de_aplausos_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/445/mocao_de_aplausos_n_051-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/446/mocao_de_aplausos_n_053-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/356/requerimento_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/355/requerimento_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/354/requerimento_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/353/requerimento_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/352/requerimento_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/351/requerimento_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/350/requerimento_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/349/requerimento_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/348/requerimento_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/347/requerimento_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/346/requerimento_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/345/requerimento_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/340/requerimento_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/339/requerimento_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/338/requerimento_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/337/requerimento_n_022-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/336/requerimento_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/335/requerimento_n_024-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/334/requerimento_n_025-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/333/requerimento_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/332/requerimento_n_027-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/331/requerimento_n_028-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/330/requerimento_n_030-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/329/requerimento_n_031-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/328/requerimento_n_032-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/327/requerimento_n_033-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/326/requerimento_n_034-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/325/requerimento_n_035-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/324/requerimento_n_036-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/323/requerimento_n_037-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/322/requerimento_n_038-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/321/requerimento_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/320/requerimento_n_040-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/319/requerimento_n_041-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_n_042-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/317/requerimento_n_043-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/316/requerimento_n_044-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/315/requerimento_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/314/requerimento_n_046-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/313/requerimento_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/311/requerimento_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/310/requerimento_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/309/requerimento_n_051-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/308/requerimento_n_052-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/307/requerimento_n_053-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/306/requerimento_n_054-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/305/requerimento_n_055-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/304/requerimento_n_056-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/303/requerimento_n_057-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/302/requerimento_n_058-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_n_059-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_n_060-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_n_061-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_n_062-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/297/requerimento_n_063-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_n_064-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/295/requerimento_n_065-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/294/requerimento_n_066-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/293/requerimento_n_067-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_n_068-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/291/requerimento_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/290/requerimento_n_070-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/289/requerimento_n_071-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/288/requerimento_n_072-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/287/requerimento_n_073-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/372/requerimento_n_074-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/286/requerimento_n_075-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/285/requerimento_n_076-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/284/requerimento_n_077-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/283/requerimento_n_078-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/282/requerimento_n_079-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/281/requerimento_n_080-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/373/requerimento_n_081-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/280/requerimento_n_085-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/279/requerimento_n_086-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/278/requerimento_n_087-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/277/requerimento_n_091-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/378/requerimento_n_92-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/379/requerimento_n_93-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/380/requerimento_n_94-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/381/requerimento_n_95-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_n_96-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/383/requerimento_n_97-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/384/requerimento_n_98-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_n_99-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/386/requerimento_n_100-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/387/requerimento_n_101-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/388/requerimento_n_103-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/389/requerimento_n_104-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_n_106-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/392/requerimento_n_107-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/401/requerimento_n_110-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/402/requerimento_n_111-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/403/requerimento_n_112-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/404/requerimento_n_113-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/405/requerimento_n_114-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/406/requerimento_n_115-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/407/requerimento_n_116-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/408/requerimento_n_117-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_n_118-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_n_119-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/469/projeto_02_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/264/projeto_de_lei_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/363/projeto_de_lei_municipal_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/266/projeto_de_lei_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_08_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/362/projeto_de_lei_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei_municipal_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/468/projeto_012_2025-.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/370/projeto_de_lei_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_de_lei_municipal_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/374/projeto_de_lei_municipal_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/366/projeto_de_lei_municipal_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/367/projeto_de_lei_municipal_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/368/projeto_de_lei_municipal_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_lei_municipal_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/394/projeto_de_lei_do_executivo_n_022-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/395/projeto_de_lei_n_023_de_22_de_setembro_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/396/projeto_de_lei_do_executivo_n_024-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/472/projeto_30_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/473/projeto_31_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/471/projeto_41_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/270/ilovepdf_merged_2.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_resolucao__n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_resolucao__n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_resolucao__n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/393/projeto_de_resolucao_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_de_lei_do_legislativo_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/358/projeto_de_lei_do_legislativo_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/359/projeto_de_lei_do_legislativo_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/360/projeto_de_lei_do_legislativo_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/361/projeto_de_lei_do_legislativo_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_de_lei_do_legislativo_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/276/parecer_de_comissao.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/272/parecer_de_comissao_2.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/456/parecer_comissao_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/274/parecer_de_comissao_4.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/273/parecer_de_comissao_3.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/275/parecer_de_comissao_5.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/447/parecer_comissao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/448/parecer_comissao_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/449/parecer_comissao.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/450/parecer_comissao_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/451/parecer_comissao_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/452/parecer_comissao_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/453/parecer_comissao...pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/454/parecer_comissao_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/455/parecer_comissao_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/457/parecer_comissao_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/458/parecer_comissao_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/459/parecer_comissao_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/460/parecer_comissao_n_025-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/461/parecer_comissao_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/462/parecer_comissao_n_027-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/463/parecer_comissao_n_028-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/464/parecer_comissao_n_029-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/465/parecer_comissao_n_030-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/466/parecer_comissao_n_031-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/375/mocao_de_pesar_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/400/pedido_de_providencia_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/399/pedido_de_providencia_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/376/pedido_de_providencia_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/377/pedido_de_providencia_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/398/pedido_de_providencia_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/411/mocao_de_aplausos_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/412/mocao_de_aplausos_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/413/mocao_de_aplausos_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/414/mocao_de_aplausos_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/415/mocao_de_aplausos_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/416/parecer_comissao_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/417/mocao_de_aplausos_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/418/mocao_de_aplausos_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/419/mocao_de_aplausos_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/420/mocao_de_aplausos_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/421/mocao_de_aplausos_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/422/mocao_de_aplausos_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/423/mocao_de_aplausos_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/424/mocao_de_aplausos_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/425/mocao_de_aplausos_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/426/mocao_de_aplausos_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/427/mocao_de_aplausos_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/428/mocao_de_aplausos_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/429/mocao_de_aplausos_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/430/mocao_de_aplausos_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/431/mocao_de_aplausos_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/432/mocao_de_aplausos_n_022-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/433/mocao_de_aplausos_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/434/mocao_de_aplausos_n_024-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/435/mocao_de_aplausos_n_025-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/436/mocao_de_aplausos_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/437/mocao_de_aplausos_n_043-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/438/mocao_de_aplausos_n_044-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/439/mocao_de_aplausos_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/440/mocao_de_aplausos_n_046-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/441/mocao_de_aplausos_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/442/mocao_de_aplausos_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/443/mocao_de_aplausos_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/444/mocao_de_aplausos_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/445/mocao_de_aplausos_n_051-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.divinopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/446/mocao_de_aplausos_n_053-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H215"/>
+  <dimension ref="A1:H222"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="209.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="217.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -5588,2822 +5639,3004 @@
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
         <v>89</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>453</v>
       </c>
       <c r="H108" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>455</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D109" t="s">
         <v>456</v>
       </c>
       <c r="E109" t="s">
         <v>457</v>
       </c>
       <c r="F109" t="s">
         <v>458</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>459</v>
       </c>
       <c r="H109" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>461</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D110" t="s">
         <v>456</v>
       </c>
       <c r="E110" t="s">
         <v>457</v>
       </c>
       <c r="F110" t="s">
         <v>458</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>462</v>
       </c>
       <c r="H110" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>464</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D111" t="s">
         <v>456</v>
       </c>
       <c r="E111" t="s">
         <v>457</v>
       </c>
       <c r="F111" t="s">
         <v>458</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>465</v>
       </c>
       <c r="H111" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>467</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D112" t="s">
         <v>456</v>
       </c>
       <c r="E112" t="s">
         <v>457</v>
       </c>
       <c r="F112" t="s">
         <v>458</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>468</v>
       </c>
       <c r="H112" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>470</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D113" t="s">
         <v>456</v>
       </c>
       <c r="E113" t="s">
         <v>457</v>
       </c>
       <c r="F113" t="s">
         <v>458</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>471</v>
       </c>
       <c r="H113" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>473</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="D114" t="s">
         <v>456</v>
       </c>
       <c r="E114" t="s">
         <v>457</v>
       </c>
       <c r="F114" t="s">
         <v>458</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>474</v>
       </c>
       <c r="H114" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>476</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="D115" t="s">
         <v>456</v>
       </c>
       <c r="E115" t="s">
         <v>457</v>
       </c>
       <c r="F115" t="s">
         <v>458</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>477</v>
       </c>
       <c r="H115" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>479</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="D116" t="s">
         <v>456</v>
       </c>
       <c r="E116" t="s">
         <v>457</v>
       </c>
       <c r="F116" t="s">
         <v>458</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>480</v>
       </c>
       <c r="H116" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>482</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="D117" t="s">
         <v>456</v>
       </c>
       <c r="E117" t="s">
         <v>457</v>
       </c>
       <c r="F117" t="s">
         <v>458</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>483</v>
       </c>
       <c r="H117" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>485</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="D118" t="s">
         <v>456</v>
       </c>
       <c r="E118" t="s">
         <v>457</v>
       </c>
       <c r="F118" t="s">
         <v>458</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>486</v>
       </c>
       <c r="H118" t="s">
-        <v>487</v>
+        <v>460</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>489</v>
+        <v>66</v>
       </c>
       <c r="D119" t="s">
         <v>456</v>
       </c>
       <c r="E119" t="s">
         <v>457</v>
       </c>
       <c r="F119" t="s">
         <v>458</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="H119" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="D120" t="s">
         <v>456</v>
       </c>
       <c r="E120" t="s">
         <v>457</v>
       </c>
       <c r="F120" t="s">
         <v>458</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="H120" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="D121" t="s">
         <v>456</v>
       </c>
       <c r="E121" t="s">
         <v>457</v>
       </c>
       <c r="F121" t="s">
         <v>458</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="H121" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>88</v>
+        <v>497</v>
       </c>
       <c r="D122" t="s">
         <v>456</v>
       </c>
       <c r="E122" t="s">
         <v>457</v>
       </c>
       <c r="F122" t="s">
         <v>458</v>
       </c>
       <c r="G122" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="H122" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>93</v>
+        <v>79</v>
       </c>
       <c r="D123" t="s">
         <v>456</v>
       </c>
       <c r="E123" t="s">
         <v>457</v>
       </c>
       <c r="F123" t="s">
         <v>458</v>
       </c>
       <c r="G123" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="H123" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="D124" t="s">
         <v>456</v>
       </c>
       <c r="E124" t="s">
         <v>457</v>
       </c>
       <c r="F124" t="s">
         <v>458</v>
       </c>
       <c r="G124" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="H124" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="D125" t="s">
         <v>456</v>
       </c>
       <c r="E125" t="s">
         <v>457</v>
       </c>
       <c r="F125" t="s">
         <v>458</v>
       </c>
       <c r="G125" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="H125" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="D126" t="s">
         <v>456</v>
       </c>
       <c r="E126" t="s">
         <v>457</v>
       </c>
       <c r="F126" t="s">
         <v>458</v>
       </c>
       <c r="G126" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="H126" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>512</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>97</v>
+      </c>
+      <c r="D127" t="s">
+        <v>456</v>
+      </c>
+      <c r="E127" t="s">
+        <v>457</v>
+      </c>
+      <c r="F127" t="s">
+        <v>458</v>
+      </c>
+      <c r="G127" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="B127" t="s">
-[...5 lines deleted...]
-      <c r="D127" t="s">
+      <c r="H127" t="s">
         <v>514</v>
-      </c>
-[...10 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="D128" t="s">
-        <v>514</v>
+        <v>456</v>
       </c>
       <c r="E128" t="s">
-        <v>515</v>
+        <v>457</v>
       </c>
       <c r="F128" t="s">
-        <v>80</v>
+        <v>458</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="H128" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>30</v>
+        <v>105</v>
       </c>
       <c r="D129" t="s">
-        <v>514</v>
+        <v>456</v>
       </c>
       <c r="E129" t="s">
-        <v>515</v>
+        <v>457</v>
       </c>
       <c r="F129" t="s">
-        <v>80</v>
+        <v>458</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="H129" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>35</v>
+        <v>127</v>
       </c>
       <c r="D130" t="s">
-        <v>514</v>
+        <v>456</v>
       </c>
       <c r="E130" t="s">
-        <v>515</v>
+        <v>457</v>
       </c>
       <c r="F130" t="s">
-        <v>80</v>
+        <v>458</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="H130" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>39</v>
+        <v>131</v>
       </c>
       <c r="D131" t="s">
-        <v>514</v>
+        <v>456</v>
       </c>
       <c r="E131" t="s">
-        <v>515</v>
+        <v>457</v>
       </c>
       <c r="F131" t="s">
-        <v>80</v>
+        <v>458</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="H131" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>10</v>
+        <v>172</v>
       </c>
       <c r="D132" t="s">
-        <v>531</v>
+        <v>456</v>
       </c>
       <c r="E132" t="s">
-        <v>532</v>
+        <v>457</v>
       </c>
       <c r="F132" t="s">
-        <v>13</v>
+        <v>458</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="H132" t="s">
-        <v>534</v>
+        <v>523</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>535</v>
+        <v>528</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>39</v>
+        <v>176</v>
       </c>
       <c r="D133" t="s">
-        <v>531</v>
+        <v>456</v>
       </c>
       <c r="E133" t="s">
-        <v>532</v>
+        <v>457</v>
       </c>
       <c r="F133" t="s">
-        <v>185</v>
+        <v>529</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>536</v>
+        <v>405</v>
       </c>
       <c r="H133" t="s">
-        <v>537</v>
+        <v>530</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>538</v>
+        <v>531</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="D134" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E134" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="F134" t="s">
-        <v>185</v>
+        <v>80</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>539</v>
+        <v>534</v>
       </c>
       <c r="H134" t="s">
-        <v>540</v>
+        <v>535</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="D135" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E135" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="F135" t="s">
         <v>80</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="H135" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="D136" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E136" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="F136" t="s">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>545</v>
+        <v>540</v>
       </c>
       <c r="H136" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="D137" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E137" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="F137" t="s">
-        <v>31</v>
+        <v>80</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="H137" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="D138" t="s">
-        <v>551</v>
+        <v>532</v>
       </c>
       <c r="E138" t="s">
-        <v>552</v>
+        <v>533</v>
       </c>
       <c r="F138" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>553</v>
+        <v>546</v>
       </c>
       <c r="H138" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D139" t="s">
+        <v>549</v>
+      </c>
+      <c r="E139" t="s">
+        <v>550</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="E139" t="s">
+      <c r="H139" t="s">
         <v>552</v>
-      </c>
-[...7 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D140" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="E140" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="F140" t="s">
         <v>185</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>559</v>
+        <v>554</v>
       </c>
       <c r="H140" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="D141" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="E141" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="F141" t="s">
         <v>185</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="H141" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="D142" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="E142" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="F142" t="s">
-        <v>185</v>
+        <v>80</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="H142" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="D143" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="E143" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="F143" t="s">
-        <v>263</v>
+        <v>40</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="H143" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="D144" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="E144" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="F144" t="s">
-        <v>185</v>
+        <v>31</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="H144" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>573</v>
+        <v>568</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="D145" t="s">
-        <v>551</v>
+        <v>569</v>
       </c>
       <c r="E145" t="s">
-        <v>552</v>
+        <v>570</v>
       </c>
       <c r="F145" t="s">
-        <v>185</v>
+        <v>89</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="H145" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="D146" t="s">
-        <v>551</v>
+        <v>569</v>
       </c>
       <c r="E146" t="s">
-        <v>552</v>
+        <v>570</v>
       </c>
       <c r="F146" t="s">
-        <v>185</v>
+        <v>31</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="H146" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="D147" t="s">
-        <v>551</v>
+        <v>569</v>
       </c>
       <c r="E147" t="s">
-        <v>552</v>
+        <v>570</v>
       </c>
       <c r="F147" t="s">
         <v>185</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="H147" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D148" t="s">
-        <v>583</v>
+        <v>569</v>
       </c>
       <c r="E148" t="s">
-        <v>584</v>
+        <v>570</v>
       </c>
       <c r="F148" t="s">
-        <v>585</v>
+        <v>185</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>405</v>
+        <v>580</v>
       </c>
       <c r="H148" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="D149" t="s">
+        <v>569</v>
+      </c>
+      <c r="E149" t="s">
+        <v>570</v>
+      </c>
+      <c r="F149" t="s">
+        <v>185</v>
+      </c>
+      <c r="G149" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="E149" t="s">
+      <c r="H149" t="s">
         <v>584</v>
-      </c>
-[...7 lines deleted...]
-        <v>589</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="D150" t="s">
-        <v>583</v>
+        <v>569</v>
       </c>
       <c r="E150" t="s">
-        <v>584</v>
+        <v>570</v>
       </c>
       <c r="F150" t="s">
-        <v>591</v>
+        <v>263</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="H150" t="s">
-        <v>466</v>
+        <v>587</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>593</v>
+        <v>588</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="D151" t="s">
-        <v>583</v>
+        <v>569</v>
       </c>
       <c r="E151" t="s">
-        <v>584</v>
+        <v>570</v>
       </c>
       <c r="F151" t="s">
-        <v>591</v>
+        <v>185</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="H151" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="D152" t="s">
-        <v>583</v>
+        <v>569</v>
       </c>
       <c r="E152" t="s">
-        <v>584</v>
+        <v>570</v>
       </c>
       <c r="F152" t="s">
-        <v>585</v>
+        <v>185</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>597</v>
+        <v>592</v>
       </c>
       <c r="H152" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="D153" t="s">
-        <v>583</v>
+        <v>569</v>
       </c>
       <c r="E153" t="s">
-        <v>584</v>
+        <v>570</v>
       </c>
       <c r="F153" t="s">
-        <v>585</v>
+        <v>185</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>600</v>
+        <v>595</v>
       </c>
       <c r="H153" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="D154" t="s">
-        <v>583</v>
+        <v>569</v>
       </c>
       <c r="E154" t="s">
-        <v>584</v>
+        <v>570</v>
       </c>
       <c r="F154" t="s">
-        <v>591</v>
+        <v>185</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
       <c r="H154" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="D155" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E155" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F155" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>607</v>
+        <v>405</v>
       </c>
       <c r="H155" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>609</v>
+        <v>605</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="D156" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E156" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F156" t="s">
-        <v>585</v>
+        <v>603</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="H156" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="D157" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E157" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F157" t="s">
-        <v>585</v>
+        <v>529</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="H157" t="s">
-        <v>614</v>
+        <v>469</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="D158" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E158" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F158" t="s">
-        <v>585</v>
+        <v>529</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="H158" t="s">
-        <v>617</v>
+        <v>612</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>618</v>
+        <v>613</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="D159" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E159" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F159" t="s">
-        <v>585</v>
+        <v>603</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>619</v>
+        <v>614</v>
       </c>
       <c r="H159" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="D160" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E160" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F160" t="s">
-        <v>591</v>
+        <v>603</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
       <c r="H160" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>489</v>
+        <v>48</v>
       </c>
       <c r="D161" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E161" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F161" t="s">
-        <v>591</v>
+        <v>529</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="H161" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>627</v>
+        <v>52</v>
       </c>
       <c r="D162" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E162" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F162" t="s">
-        <v>585</v>
+        <v>623</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>628</v>
+        <v>624</v>
       </c>
       <c r="H162" t="s">
-        <v>629</v>
+        <v>625</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>79</v>
+        <v>57</v>
       </c>
       <c r="D163" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E163" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F163" t="s">
-        <v>591</v>
+        <v>603</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="H163" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>88</v>
+        <v>62</v>
       </c>
       <c r="D164" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E164" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F164" t="s">
-        <v>585</v>
+        <v>603</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="H164" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>93</v>
+        <v>66</v>
       </c>
       <c r="D165" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E165" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F165" t="s">
-        <v>591</v>
+        <v>603</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="H165" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>101</v>
+        <v>70</v>
       </c>
       <c r="D166" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E166" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F166" t="s">
-        <v>585</v>
+        <v>603</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>640</v>
+        <v>636</v>
       </c>
       <c r="H166" t="s">
-        <v>641</v>
+        <v>634</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>110</v>
+        <v>75</v>
       </c>
       <c r="D167" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E167" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F167" t="s">
-        <v>585</v>
+        <v>529</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="H167" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>645</v>
+        <v>640</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>114</v>
+        <v>497</v>
       </c>
       <c r="D168" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E168" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F168" t="s">
-        <v>646</v>
+        <v>529</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>647</v>
+        <v>641</v>
       </c>
       <c r="H168" t="s">
-        <v>648</v>
+        <v>642</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>649</v>
+        <v>643</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>119</v>
+        <v>644</v>
       </c>
       <c r="D169" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E169" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F169" t="s">
-        <v>591</v>
+        <v>603</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="H169" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>123</v>
+        <v>79</v>
       </c>
       <c r="D170" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E170" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F170" t="s">
-        <v>591</v>
+        <v>529</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>653</v>
+        <v>648</v>
       </c>
       <c r="H170" t="s">
-        <v>654</v>
+        <v>649</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>655</v>
+        <v>650</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>656</v>
+        <v>88</v>
       </c>
       <c r="D171" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E171" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F171" t="s">
-        <v>591</v>
+        <v>603</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>657</v>
+        <v>651</v>
       </c>
       <c r="H171" t="s">
-        <v>658</v>
+        <v>652</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>659</v>
+        <v>653</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>127</v>
+        <v>93</v>
       </c>
       <c r="D172" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E172" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F172" t="s">
-        <v>660</v>
+        <v>529</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>661</v>
+        <v>654</v>
       </c>
       <c r="H172" t="s">
-        <v>662</v>
+        <v>655</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>663</v>
+        <v>656</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>131</v>
+        <v>101</v>
       </c>
       <c r="D173" t="s">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E173" t="s">
-        <v>584</v>
+        <v>602</v>
       </c>
       <c r="F173" t="s">
-        <v>664</v>
+        <v>603</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>665</v>
+        <v>657</v>
       </c>
       <c r="H173" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>666</v>
+        <v>659</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="D174" t="s">
-        <v>667</v>
+        <v>601</v>
       </c>
       <c r="E174" t="s">
-        <v>668</v>
+        <v>602</v>
       </c>
       <c r="F174" t="s">
-        <v>185</v>
+        <v>603</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>669</v>
+        <v>660</v>
       </c>
       <c r="H174" t="s">
-        <v>670</v>
+        <v>661</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>21</v>
+        <v>114</v>
       </c>
       <c r="D175" t="s">
-        <v>672</v>
+        <v>601</v>
       </c>
       <c r="E175" t="s">
-        <v>673</v>
+        <v>602</v>
       </c>
       <c r="F175" t="s">
-        <v>13</v>
+        <v>663</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>674</v>
+        <v>664</v>
       </c>
       <c r="H175" t="s">
-        <v>675</v>
+        <v>665</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>676</v>
+        <v>666</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>26</v>
+        <v>119</v>
       </c>
       <c r="D176" t="s">
-        <v>672</v>
+        <v>601</v>
       </c>
       <c r="E176" t="s">
-        <v>673</v>
+        <v>602</v>
       </c>
       <c r="F176" t="s">
-        <v>13</v>
+        <v>529</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>677</v>
+        <v>667</v>
       </c>
       <c r="H176" t="s">
-        <v>678</v>
+        <v>668</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>30</v>
+        <v>123</v>
       </c>
       <c r="D177" t="s">
-        <v>672</v>
+        <v>601</v>
       </c>
       <c r="E177" t="s">
-        <v>673</v>
+        <v>602</v>
       </c>
       <c r="F177" t="s">
-        <v>13</v>
+        <v>529</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>680</v>
+        <v>670</v>
       </c>
       <c r="H177" t="s">
-        <v>681</v>
+        <v>671</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>682</v>
+        <v>672</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>35</v>
+        <v>673</v>
       </c>
       <c r="D178" t="s">
-        <v>672</v>
+        <v>601</v>
       </c>
       <c r="E178" t="s">
-        <v>673</v>
+        <v>602</v>
       </c>
       <c r="F178" t="s">
-        <v>13</v>
+        <v>529</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>683</v>
+        <v>674</v>
       </c>
       <c r="H178" t="s">
-        <v>684</v>
+        <v>675</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>685</v>
+        <v>676</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>39</v>
+        <v>127</v>
       </c>
       <c r="D179" t="s">
-        <v>672</v>
+        <v>601</v>
       </c>
       <c r="E179" t="s">
-        <v>673</v>
+        <v>602</v>
       </c>
       <c r="F179" t="s">
-        <v>31</v>
+        <v>677</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>686</v>
+        <v>678</v>
       </c>
       <c r="H179" t="s">
-        <v>687</v>
+        <v>679</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>688</v>
+        <v>680</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>10</v>
+        <v>131</v>
       </c>
       <c r="D180" t="s">
-        <v>689</v>
+        <v>601</v>
       </c>
       <c r="E180" t="s">
-        <v>690</v>
+        <v>602</v>
       </c>
       <c r="F180" t="s">
-        <v>71</v>
+        <v>681</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>691</v>
+        <v>682</v>
       </c>
       <c r="H180" t="s">
-        <v>692</v>
+        <v>679</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>17</v>
       </c>
       <c r="D181" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
       <c r="E181" t="s">
-        <v>690</v>
+        <v>685</v>
       </c>
       <c r="F181" t="s">
-        <v>115</v>
+        <v>185</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>694</v>
+        <v>686</v>
       </c>
       <c r="H181" t="s">
-        <v>695</v>
+        <v>687</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>696</v>
+        <v>688</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>21</v>
       </c>
       <c r="D182" t="s">
         <v>689</v>
       </c>
       <c r="E182" t="s">
         <v>690</v>
       </c>
       <c r="F182" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>697</v>
+        <v>691</v>
       </c>
       <c r="H182" t="s">
-        <v>698</v>
+        <v>692</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>699</v>
+        <v>693</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>26</v>
       </c>
       <c r="D183" t="s">
         <v>689</v>
       </c>
       <c r="E183" t="s">
         <v>690</v>
       </c>
       <c r="F183" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>700</v>
+        <v>694</v>
       </c>
       <c r="H183" t="s">
-        <v>701</v>
+        <v>695</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>30</v>
       </c>
       <c r="D184" t="s">
         <v>689</v>
       </c>
       <c r="E184" t="s">
         <v>690</v>
       </c>
       <c r="F184" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>703</v>
+        <v>697</v>
       </c>
       <c r="H184" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>705</v>
+        <v>699</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>35</v>
       </c>
       <c r="D185" t="s">
         <v>689</v>
       </c>
       <c r="E185" t="s">
         <v>690</v>
       </c>
       <c r="F185" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>706</v>
+        <v>700</v>
       </c>
       <c r="H185" t="s">
-        <v>707</v>
+        <v>701</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>708</v>
+        <v>702</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>39</v>
       </c>
       <c r="D186" t="s">
         <v>689</v>
       </c>
       <c r="E186" t="s">
         <v>690</v>
       </c>
       <c r="F186" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>709</v>
+        <v>703</v>
       </c>
       <c r="H186" t="s">
-        <v>710</v>
+        <v>704</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>711</v>
+        <v>705</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="D187" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E187" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F187" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="H187" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D188" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E188" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F188" t="s">
         <v>115</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="H188" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="D189" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E189" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F189" t="s">
-        <v>263</v>
+        <v>80</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="H189" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="D190" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E190" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F190" t="s">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="H190" t="s">
-        <v>722</v>
+        <v>718</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>723</v>
+        <v>719</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="D191" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E191" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F191" t="s">
         <v>53</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="H191" t="s">
-        <v>725</v>
+        <v>721</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>726</v>
+        <v>722</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="D192" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E192" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F192" t="s">
         <v>80</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="H192" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="D193" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E193" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F193" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
       <c r="H193" t="s">
-        <v>731</v>
+        <v>727</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>732</v>
+        <v>728</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="D194" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E194" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F194" t="s">
-        <v>58</v>
+        <v>89</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
       <c r="H194" t="s">
-        <v>734</v>
+        <v>730</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>735</v>
+        <v>731</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>489</v>
+        <v>48</v>
       </c>
       <c r="D195" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E195" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F195" t="s">
-        <v>89</v>
+        <v>115</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
       <c r="H195" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>627</v>
+        <v>52</v>
       </c>
       <c r="D196" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E196" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F196" t="s">
-        <v>40</v>
+        <v>263</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
       <c r="H196" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>79</v>
+        <v>57</v>
       </c>
       <c r="D197" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E197" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F197" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>742</v>
+        <v>738</v>
       </c>
       <c r="H197" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>84</v>
+        <v>62</v>
       </c>
       <c r="D198" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E198" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F198" t="s">
-        <v>263</v>
+        <v>53</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="H198" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>747</v>
+        <v>743</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>88</v>
+        <v>66</v>
       </c>
       <c r="D199" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E199" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F199" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
       <c r="H199" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>93</v>
+        <v>70</v>
       </c>
       <c r="D200" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E200" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F200" t="s">
-        <v>185</v>
+        <v>71</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="H200" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>97</v>
+        <v>75</v>
       </c>
       <c r="D201" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E201" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F201" t="s">
-        <v>185</v>
+        <v>58</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>754</v>
+        <v>750</v>
       </c>
       <c r="H201" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>756</v>
+        <v>752</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>101</v>
+        <v>497</v>
       </c>
       <c r="D202" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E202" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F202" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>757</v>
+        <v>753</v>
       </c>
       <c r="H202" t="s">
-        <v>758</v>
+        <v>754</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>759</v>
+        <v>755</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>105</v>
+        <v>644</v>
       </c>
       <c r="D203" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E203" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F203" t="s">
-        <v>185</v>
+        <v>40</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>760</v>
+        <v>756</v>
       </c>
       <c r="H203" t="s">
-        <v>761</v>
+        <v>757</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>110</v>
+        <v>79</v>
       </c>
       <c r="D204" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E204" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F204" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>763</v>
+        <v>759</v>
       </c>
       <c r="H204" t="s">
-        <v>764</v>
+        <v>760</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>765</v>
+        <v>761</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>114</v>
+        <v>84</v>
       </c>
       <c r="D205" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E205" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F205" t="s">
-        <v>185</v>
+        <v>263</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>766</v>
+        <v>762</v>
       </c>
       <c r="H205" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>180</v>
+        <v>88</v>
       </c>
       <c r="D206" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E206" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F206" t="s">
-        <v>89</v>
+        <v>58</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="H206" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>184</v>
+        <v>93</v>
       </c>
       <c r="D207" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E207" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F207" t="s">
-        <v>115</v>
+        <v>185</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
       <c r="H207" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>189</v>
+        <v>97</v>
       </c>
       <c r="D208" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E208" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F208" t="s">
-        <v>40</v>
+        <v>185</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="H208" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>193</v>
+        <v>101</v>
       </c>
       <c r="D209" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E209" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F209" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>778</v>
+        <v>774</v>
       </c>
       <c r="H209" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>197</v>
+        <v>105</v>
       </c>
       <c r="D210" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E210" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F210" t="s">
-        <v>58</v>
+        <v>185</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>781</v>
+        <v>777</v>
       </c>
       <c r="H210" t="s">
-        <v>782</v>
+        <v>778</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>783</v>
+        <v>779</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>201</v>
+        <v>110</v>
       </c>
       <c r="D211" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E211" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F211" t="s">
-        <v>53</v>
+        <v>80</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
       <c r="H211" t="s">
-        <v>785</v>
+        <v>781</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>205</v>
+        <v>114</v>
       </c>
       <c r="D212" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E212" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F212" t="s">
-        <v>263</v>
+        <v>185</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="H212" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>209</v>
+        <v>180</v>
       </c>
       <c r="D213" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E213" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F213" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="H213" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>213</v>
+        <v>184</v>
       </c>
       <c r="D214" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="E214" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="F214" t="s">
-        <v>13</v>
+        <v>115</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="H214" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
+        <v>791</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>189</v>
+      </c>
+      <c r="D215" t="s">
+        <v>706</v>
+      </c>
+      <c r="E215" t="s">
+        <v>707</v>
+      </c>
+      <c r="F215" t="s">
+        <v>40</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="H215" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>794</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>193</v>
+      </c>
+      <c r="D216" t="s">
+        <v>706</v>
+      </c>
+      <c r="E216" t="s">
+        <v>707</v>
+      </c>
+      <c r="F216" t="s">
+        <v>71</v>
+      </c>
+      <c r="G216" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="B215" t="s">
-[...2 lines deleted...]
-      <c r="C215" t="s">
+      <c r="H216" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>797</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>197</v>
+      </c>
+      <c r="D217" t="s">
+        <v>706</v>
+      </c>
+      <c r="E217" t="s">
+        <v>707</v>
+      </c>
+      <c r="F217" t="s">
+        <v>58</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="H217" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>800</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>201</v>
+      </c>
+      <c r="D218" t="s">
+        <v>706</v>
+      </c>
+      <c r="E218" t="s">
+        <v>707</v>
+      </c>
+      <c r="F218" t="s">
+        <v>53</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="H218" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>803</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>205</v>
+      </c>
+      <c r="D219" t="s">
+        <v>706</v>
+      </c>
+      <c r="E219" t="s">
+        <v>707</v>
+      </c>
+      <c r="F219" t="s">
+        <v>263</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="H219" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>806</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>209</v>
+      </c>
+      <c r="D220" t="s">
+        <v>706</v>
+      </c>
+      <c r="E220" t="s">
+        <v>707</v>
+      </c>
+      <c r="F220" t="s">
+        <v>80</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="H220" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>809</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>213</v>
+      </c>
+      <c r="D221" t="s">
+        <v>706</v>
+      </c>
+      <c r="E221" t="s">
+        <v>707</v>
+      </c>
+      <c r="F221" t="s">
+        <v>13</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="H221" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>812</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
         <v>221</v>
       </c>
-      <c r="D215" t="s">
-[...5 lines deleted...]
-      <c r="F215" t="s">
+      <c r="D222" t="s">
+        <v>706</v>
+      </c>
+      <c r="E222" t="s">
+        <v>707</v>
+      </c>
+      <c r="F222" t="s">
         <v>80</v>
       </c>
-      <c r="G215" s="1" t="s">
-[...3 lines deleted...]
-        <v>797</v>
+      <c r="G222" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="H222" t="s">
+        <v>814</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -8578,50 +8811,57 @@
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
     <hyperlink ref="G194" r:id="rId193"/>
     <hyperlink ref="G195" r:id="rId194"/>
     <hyperlink ref="G196" r:id="rId195"/>
     <hyperlink ref="G197" r:id="rId196"/>
     <hyperlink ref="G198" r:id="rId197"/>
     <hyperlink ref="G199" r:id="rId198"/>
     <hyperlink ref="G200" r:id="rId199"/>
     <hyperlink ref="G201" r:id="rId200"/>
     <hyperlink ref="G202" r:id="rId201"/>
     <hyperlink ref="G203" r:id="rId202"/>
     <hyperlink ref="G204" r:id="rId203"/>
     <hyperlink ref="G205" r:id="rId204"/>
     <hyperlink ref="G206" r:id="rId205"/>
     <hyperlink ref="G207" r:id="rId206"/>
     <hyperlink ref="G208" r:id="rId207"/>
     <hyperlink ref="G209" r:id="rId208"/>
     <hyperlink ref="G210" r:id="rId209"/>
     <hyperlink ref="G211" r:id="rId210"/>
     <hyperlink ref="G212" r:id="rId211"/>
     <hyperlink ref="G213" r:id="rId212"/>
     <hyperlink ref="G214" r:id="rId213"/>
     <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>